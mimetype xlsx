--- v0 (2025-11-18)
+++ v1 (2026-03-17)
@@ -426,15901 +426,24246 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M323"/>
+  <dimension ref="A1:Q370"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Reviewer Name</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Review Date</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Rating</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Review Title</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Review Text</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Verified Purchase</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Packaging Related</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
-          <t>Sentiment</t>
+          <t>Sentiment (VADER)</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
+          <t>Detected Emotion</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Review Emotion Score (-1 to +1)</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Packaging Sentence Emotion Score (-1 to +1)</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>Functional Category</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
           <t>Search Term</t>
         </is>
       </c>
-      <c r="J1" s="1" t="inlineStr">
+      <c r="N1" s="1" t="inlineStr">
         <is>
           <t>Review Images</t>
         </is>
       </c>
-      <c r="K1" s="1" t="inlineStr">
+      <c r="O1" s="1" t="inlineStr">
         <is>
           <t>Location</t>
         </is>
       </c>
-      <c r="L1" s="1" t="inlineStr">
+      <c r="P1" s="1" t="inlineStr">
         <is>
           <t>Helpful Votes</t>
         </is>
       </c>
-      <c r="M1" s="1" t="inlineStr">
+      <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>Total Votes</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Michael Smith</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>2024-04-08</t>
-[...5 lines deleted...]
-      <c r="D2" t="inlineStr"/>
+          <t>Reviewed in the United States on January 27, 2026</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>LOVE</t>
+        </is>
+      </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>The bottle design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Love this body wash! helps with my psoriasis, makes me feel clean, and I love the smell of the tea tree oil!</t>
         </is>
       </c>
       <c r="F2" t="b">
         <v>1</v>
       </c>
       <c r="G2" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>22</v>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J2" t="n">
+        <v>1</v>
+      </c>
+      <c r="K2" t="inlineStr"/>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr"/>
+      <c r="N2" t="inlineStr"/>
+      <c r="O2" t="inlineStr"/>
+      <c r="P2" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q2" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Patricia Miller</t>
+          <t>Kindle Customer</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>2023-08-19</t>
-[...5 lines deleted...]
-      <c r="D3" t="inlineStr"/>
+          <t>Reviewed in the United States on January 15, 2026</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>I am sensitive</t>
+        </is>
+      </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>The cap design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Ease of use. Light foam and it has a pleasant scent, not overly perfumed. No leakage. I like it's mildness. A great product to use and cleanse sensitive skin. I have no complaints with this product.</t>
         </is>
       </c>
       <c r="F3" t="b">
         <v>1</v>
       </c>
       <c r="G3" t="b">
         <v>1</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J3" t="n">
+        <v>0</v>
+      </c>
+      <c r="K3" t="n">
+        <v>0</v>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr"/>
+      <c r="N3" t="inlineStr"/>
+      <c r="O3" t="inlineStr"/>
+      <c r="P3" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q3" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Sarah Davis</t>
+          <t>Carol</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>2023-07-03</t>
-[...5 lines deleted...]
-      <c r="D4" t="inlineStr"/>
+          <t>Reviewed in the United States on January 10, 2026</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>VERY DIFFICULT TO OPEN PACKAGING &amp; PUMP</t>
+        </is>
+      </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>The container design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Fragrance is not as strong plaine Coconut as I'd hoped. ALSO - Getting into packaging And releasing the pump head is EXTREMELY DIFFICULT!!</t>
         </is>
       </c>
       <c r="F4" t="b">
         <v>1</v>
       </c>
       <c r="G4" t="b">
         <v>1</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>11</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J4" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K4" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L4" t="inlineStr"/>
+      <c r="M4" t="inlineStr"/>
+      <c r="N4" t="inlineStr"/>
+      <c r="O4" t="inlineStr"/>
+      <c r="P4" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q4" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>David Jones</t>
+          <t>Lauryn</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>2023-10-21</t>
-[...5 lines deleted...]
-      <c r="D5" t="inlineStr"/>
+          <t>Reviewed in the United States on January 23, 2026</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>In Love!</t>
+        </is>
+      </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>The box design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Such a refreshing smell and feels SO clean! Not harsh and not overpowering at all, but definitely makes me feel nice and fresh every shower!</t>
         </is>
       </c>
       <c r="F5" t="b">
         <v>1</v>
       </c>
       <c r="G5" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J5" t="n">
+        <v>-0.432</v>
+      </c>
+      <c r="K5" t="inlineStr"/>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr"/>
+      <c r="N5" t="inlineStr"/>
+      <c r="O5" t="inlineStr"/>
+      <c r="P5" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q5" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>James Miller</t>
+          <t>Watch band</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>2024-03-09</t>
-[...5 lines deleted...]
-      <c r="D6" t="inlineStr"/>
+          <t>Reviewed in the United States on January 11, 2026</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>A must</t>
+        </is>
+      </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>The package design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Value for your money, durable, easy to use, smells great, you’re able to shave your legs with it and great for sensitive skin.</t>
         </is>
       </c>
       <c r="F6" t="b">
         <v>1</v>
       </c>
       <c r="G6" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>19</v>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J6" t="n">
+        <v>1</v>
+      </c>
+      <c r="K6" t="inlineStr"/>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr"/>
+      <c r="N6" t="inlineStr"/>
+      <c r="O6" t="inlineStr"/>
+      <c r="P6" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q6" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Maria Miller</t>
+          <t>Uggie</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>2024-09-09</t>
-[...5 lines deleted...]
-      <c r="D7" t="inlineStr"/>
+          <t>Reviewed in the United States on December 17, 2025</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Good product, disappointing size</t>
+        </is>
+      </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>The design design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>I like the product itself so far but I was a bit disappointed by the sizing, usually would confirm the oz but somehow I didn’t think time and when I got the package the bottle was small compared to the photo. I think they need to set more realistic expectation with the images.
+It cleanses good and I like the minty scent, wish I could feel the effects of the mint on my skin but it doesn’t seem to give that effect.
+If you don’t like strong mint scent then this would not be for you.</t>
         </is>
       </c>
       <c r="F7" t="b">
         <v>1</v>
       </c>
       <c r="G7" t="b">
         <v>1</v>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>29</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J7" t="n">
+        <v>-0.8495</v>
+      </c>
+      <c r="K7" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L7" t="inlineStr"/>
+      <c r="M7" t="inlineStr"/>
+      <c r="N7" t="inlineStr"/>
+      <c r="O7" t="inlineStr"/>
+      <c r="P7" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q7" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Lisa Rodriguez</t>
+          <t>Curly Q15</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>2023-03-12</t>
-[...5 lines deleted...]
-      <c r="D8" t="inlineStr"/>
+          <t>Reviewed in the United States on December 14, 2025</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>A must have! Give as a gift? Just get it ASAP.</t>
+        </is>
+      </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>The leak design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Outstanding beyond words! While I was taking a shower, I kept saying out loud, "This smells great, it's unbelievable." I have this company's spray mist in the same coffee and spray it every time someone is coming over. I also use it as a hair mist and it lingers for a long time...</t>
         </is>
       </c>
       <c r="F8" t="b">
         <v>1</v>
       </c>
       <c r="G8" t="b">
         <v>1</v>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>15</v>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J8" t="n">
+        <v>1</v>
+      </c>
+      <c r="K8" t="n">
+        <v>0</v>
+      </c>
+      <c r="L8" t="inlineStr"/>
+      <c r="M8" t="inlineStr"/>
+      <c r="N8" t="inlineStr"/>
+      <c r="O8" t="inlineStr"/>
+      <c r="P8" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q8" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Patricia Williams</t>
+          <t>Caity</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>2023-11-16</t>
-[...5 lines deleted...]
-      <c r="D9" t="inlineStr"/>
+          <t>Reviewed in the United States on January 9, 2026</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Don't ever change the recipe</t>
+        </is>
+      </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>The crack design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Please don't ever change the recipe of this product!
+I've had plack psoriasis for over 10 years and have tried everything to heal my skin. I'm not even joking I've done medication, all kinds of lotions, oils, home remedies nothing has worked. Over the years I've only been able to maintain my skin and keep my spots from spreading mine you about 40% of my body is covered in patches. After using the shampoo, conditioner, and body wash for 1 1/2 months my skin is nearly healed. I literally cried last week because I have actual normal skin on my elbows for the first time in 10years. Highly recommend if you suffer from psoriasis.</t>
         </is>
       </c>
       <c r="F9" t="b">
         <v>1</v>
       </c>
       <c r="G9" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>positive</t>
-[...16 lines deleted...]
-      <c r="M9" t="n">
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J9" t="n">
+        <v>0</v>
+      </c>
+      <c r="K9" t="inlineStr"/>
+      <c r="L9" t="inlineStr"/>
+      <c r="M9" t="inlineStr"/>
+      <c r="N9" t="inlineStr"/>
+      <c r="O9" t="inlineStr"/>
+      <c r="P9" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q9" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Patricia Brown</t>
+          <t>Great product</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2023-01-03</t>
-[...5 lines deleted...]
-      <c r="D10" t="inlineStr"/>
+          <t>Reviewed in the United States on January 17, 2026</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Good</t>
+        </is>
+      </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>The broken design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Leaves skin feeling clean and refreshed. The scent is noticeable but not overpowering. Gentle on skin and lathers nicely, pump can be a little tricky. Results vary by skin type, you need to try it and see how it works for you.</t>
         </is>
       </c>
       <c r="F10" t="b">
         <v>1</v>
       </c>
       <c r="G10" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I10" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>11</v>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J10" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K10" t="n">
+        <v>0</v>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr"/>
+      <c r="N10" t="inlineStr"/>
+      <c r="O10" t="inlineStr"/>
+      <c r="P10" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q10" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Maria Davis</t>
+          <t>Malachi Truax</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>2023-11-21</t>
-[...5 lines deleted...]
-      <c r="D11" t="inlineStr"/>
+          <t>Reviewed in the United States on January 11, 2026</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Good</t>
+        </is>
+      </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>The damage design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Really good product, it cleans very well after practices at makes you feel fresh and minty. It also has a very well minty smells. But, it didn’t show up the same size as the photo. But its overall a good product.</t>
         </is>
       </c>
       <c r="F11" t="b">
         <v>1</v>
       </c>
       <c r="G11" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I11" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>20</v>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J11" t="n">
+        <v>-0.0741</v>
+      </c>
+      <c r="K11" t="inlineStr"/>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr"/>
+      <c r="N11" t="inlineStr"/>
+      <c r="O11" t="inlineStr"/>
+      <c r="P11" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q11" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Sarah Johnson</t>
+          <t>Adrianna</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>2023-03-14</t>
-[...5 lines deleted...]
-      <c r="D12" t="inlineStr"/>
+          <t>Reviewed in the United States on December 5, 2025</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>Works well makes your skin soft is natural.\nBut the bottle is not fat.It is skinny skinny</t>
+        </is>
+      </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>The spill design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>I'm\nOnly giving this a 4 star cause.I have only used it once. The smell is very citrusy. The bottle is very skinny.It is not fat like the picture. The cost is a little high for what you get. The consistency of it is very thick , so you don't need very much. It made my skin feel really soft.After I got out of the shower. I live in colorado , so it did hydrate my skin. The packaging is nice , but like I said , small and skinny. It is like it says on the package it is a natural ingredients , and I appreciate that.</t>
         </is>
       </c>
       <c r="F12" t="b">
         <v>1</v>
       </c>
       <c r="G12" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I12" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>6</v>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J12" t="n">
+        <v>-0.7079</v>
+      </c>
+      <c r="K12" t="n">
+        <v>0</v>
+      </c>
+      <c r="L12" t="inlineStr"/>
+      <c r="M12" t="inlineStr"/>
+      <c r="N12" t="inlineStr"/>
+      <c r="O12" t="inlineStr"/>
+      <c r="P12" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q12" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>John Rodriguez</t>
+          <t>MB Scott</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>2023-12-11</t>
-[...5 lines deleted...]
-      <c r="D13" t="inlineStr"/>
+          <t>Reviewed in the United States on January 29, 2026</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>Pull the camera back</t>
+        </is>
+      </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>The tape design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Disappointed by the actual size of the bottle</t>
         </is>
       </c>
       <c r="F13" t="b">
         <v>1</v>
       </c>
       <c r="G13" t="b">
         <v>1</v>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>18</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J13" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K13" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr"/>
+      <c r="N13" t="inlineStr"/>
+      <c r="O13" t="inlineStr"/>
+      <c r="P13" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q13" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Sarah Martinez</t>
+          <t>Nice- mwt expectations.</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>2023-07-22</t>
-[...5 lines deleted...]
-      <c r="D14" t="inlineStr"/>
+          <t>Reviewed in the United States on January 11, 2026</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>Botanic Hearth</t>
+        </is>
+      </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>The seal design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Nice grageance and lather..so far so good.</t>
         </is>
       </c>
       <c r="F14" t="b">
         <v>1</v>
       </c>
       <c r="G14" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I14" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>6</v>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J14" t="n">
+        <v>1</v>
+      </c>
+      <c r="K14" t="inlineStr"/>
+      <c r="L14" t="inlineStr"/>
+      <c r="M14" t="inlineStr"/>
+      <c r="N14" t="inlineStr"/>
+      <c r="O14" t="inlineStr"/>
+      <c r="P14" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q14" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Lisa Williams</t>
+          <t>vburch4</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>2024-02-08</t>
-[...5 lines deleted...]
-      <c r="D15" t="inlineStr"/>
+          <t>Reviewed in the United States on January 31, 2026</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Lather up</t>
+        </is>
+      </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>The secure design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>I like the aroma</t>
         </is>
       </c>
       <c r="F15" t="b">
         <v>1</v>
       </c>
       <c r="G15" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I15" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>19</v>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J15" t="n">
+        <v>0</v>
+      </c>
+      <c r="K15" t="inlineStr"/>
+      <c r="L15" t="inlineStr"/>
+      <c r="M15" t="inlineStr"/>
+      <c r="N15" t="inlineStr"/>
+      <c r="O15" t="inlineStr"/>
+      <c r="P15" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q15" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Robert Brown</t>
+          <t>J. Porter</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>2024-09-16</t>
-[...5 lines deleted...]
-      <c r="D16" t="inlineStr"/>
+          <t>Reviewed in the United States on December 13, 2025</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>Dessert and soap, together at last!</t>
+        </is>
+      </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>The clean design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Have you ever wanted to dive into a vat of tiramisu or swim in a pool of coffee?! Were you worried about coming out sticky and gross? Then have I got the product for you! This stuff cleans like your grandma's steel wool on her cast iron pan. Nothing left behind but wafts of Italy. You'll come out of the shower smelling like after dinner treats and espresso. You'll have to avoid coffee and chocolate lovers lest they turn cannibal (still waiting for that chunk of my arm to grow back Aeris...).</t>
         </is>
       </c>
       <c r="F16" t="b">
         <v>1</v>
       </c>
       <c r="G16" t="b">
         <v>0</v>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I16" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>30</v>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J16" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K16" t="inlineStr"/>
+      <c r="L16" t="inlineStr"/>
+      <c r="M16" t="inlineStr"/>
+      <c r="N16" t="inlineStr"/>
+      <c r="O16" t="inlineStr"/>
+      <c r="P16" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q16" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Patricia Smith</t>
+          <t>Kate</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>2024-10-18</t>
-[...5 lines deleted...]
-      <c r="D17" t="inlineStr"/>
+          <t>Reviewed in the United States on December 8, 2025</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>Needs a packaging renovation</t>
+        </is>
+      </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>The small design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Product itself is lovely, smells very nice, but I had to remove a star because the packaging is terrible. Pump was broken and didn’t work, so I sent it back and requested a replacement. The pump on the replacement also didn’t work. 👎🏻</t>
         </is>
       </c>
       <c r="F17" t="b">
         <v>1</v>
       </c>
       <c r="G17" t="b">
         <v>1</v>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>positive</t>
-[...16 lines deleted...]
-      <c r="M17" t="n">
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J17" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K17" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr"/>
+      <c r="N17" t="inlineStr"/>
+      <c r="O17" t="inlineStr"/>
+      <c r="P17" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q17" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Robert Miller</t>
+          <t>ReviewGal</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>2023-05-06</t>
-[...5 lines deleted...]
-      <c r="D18" t="inlineStr"/>
+          <t>Reviewed in the United States on January 15, 2026</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>Best body wash</t>
+        </is>
+      </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>The large design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>This wash makes me feel extremely clean. Make me feel Cleaner than my typical bar soap and other body washes I've used!</t>
         </is>
       </c>
       <c r="F18" t="b">
         <v>1</v>
       </c>
       <c r="G18" t="b">
         <v>1</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I18" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>8</v>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J18" t="n">
+        <v>0</v>
+      </c>
+      <c r="K18" t="n">
+        <v>0</v>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr"/>
+      <c r="N18" t="inlineStr"/>
+      <c r="O18" t="inlineStr"/>
+      <c r="P18" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q18" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Patricia Miller</t>
+          <t>Jermaine Simmons</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>2024-01-04</t>
-[...5 lines deleted...]
-      <c r="D19" t="inlineStr"/>
+          <t>Reviewed in the United States on November 11, 2025</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>⭐️ A Miracle Worker for Acne and Discoloration — Life-Changing</t>
+        </is>
+      </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>The protective design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>I can’t believe I’m finally writing this. I’m not even the type to write reviews but this one deserves it and I wish I could share it with everyone who has been in the trenches of skin care like me for too long. After over ten years of struggling with acne and stubborn skin discoloration, I’ve finally found something that actually works. I’ve tried everything from drugstore brands to expensive dermatologist-recommended products, including prescription creams like tretinoin. Nothing made a real difference… until this body wash.
+Within just a few weeks, I noticed clearer, smoother, and more even-toned skin. The dark spots I thought would never fade are almost gone. Even my dermatologist was shocked at the transformation and asked what I’d been using!
+This body wash works better and faster than any treatment I’ve ever tried. I genuinely wish I could thank the creator in person — this product has truly changed my life. If you’ve been struggling for years like I have, don’t hesitate to give this a try. It’s nothing short of a miracle.</t>
         </is>
       </c>
       <c r="F19" t="b">
         <v>1</v>
       </c>
       <c r="G19" t="b">
         <v>0</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I19" t="inlineStr"/>
-[...13 lines deleted...]
-      <c r="M19" t="n">
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="J19" t="n">
+        <v>-0.0076</v>
+      </c>
+      <c r="K19" t="inlineStr"/>
+      <c r="L19" t="inlineStr"/>
+      <c r="M19" t="inlineStr"/>
+      <c r="N19" t="inlineStr"/>
+      <c r="O19" t="inlineStr"/>
+      <c r="P19" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q19" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Patricia Brown</t>
+          <t>Max Schwepps</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
-[...5 lines deleted...]
-      <c r="D20" t="inlineStr"/>
+          <t>Reviewed in the United States on January 15, 2026</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>This bodywash is SO GOOD</t>
+        </is>
+      </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>The loose design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>This stuff works so well! Best bodywash i’ve had for a long time. Truly felt clean after using.</t>
         </is>
       </c>
       <c r="F20" t="b">
         <v>1</v>
       </c>
       <c r="G20" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I20" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>9</v>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J20" t="n">
+        <v>1</v>
+      </c>
+      <c r="K20" t="inlineStr"/>
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M20" t="inlineStr"/>
+      <c r="N20" t="inlineStr"/>
+      <c r="O20" t="inlineStr"/>
+      <c r="P20" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q20" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Maria Martinez</t>
+          <t>Dennis Omar Benitez</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>2024-08-15</t>
-[...5 lines deleted...]
-      <c r="D21" t="inlineStr"/>
+          <t>Reviewed in the United States on December 22, 2025</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>Nice alternative to regular body wash</t>
+        </is>
+      </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>The padding design is good but could be improved. The bottle cap works well and the packaging is secure.</t>
+          <t>Doesn't leave a film or residue on one's skin while not having one feeling dry or rough. Did wonders for my feet when I felt the beginning of Athletes Foot developing and after a day all signs were gone. Single 16 oz bottle lasted a considerable time, so didn't mind paying the price for each.</t>
         </is>
       </c>
       <c r="F21" t="b">
         <v>1</v>
       </c>
       <c r="G21" t="b">
         <v>1</v>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J21" t="n">
+        <v>0</v>
+      </c>
+      <c r="K21" t="n">
+        <v>0</v>
+      </c>
+      <c r="L21" t="inlineStr"/>
+      <c r="M21" t="inlineStr"/>
+      <c r="N21" t="inlineStr"/>
+      <c r="O21" t="inlineStr"/>
+      <c r="P21" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q21" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>James Miller</t>
+          <t>Maria Victoria Algeciras</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>2023-12-23</t>
-[...5 lines deleted...]
-      <c r="D22" t="inlineStr"/>
+          <t>Reviewed in the United States on January 17, 2026</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>Cálidad y precio</t>
+        </is>
+      </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>Es muy bueno</t>
         </is>
       </c>
       <c r="F22" t="b">
         <v>1</v>
       </c>
       <c r="G22" t="b">
         <v>0</v>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J22" t="n">
+        <v>0</v>
+      </c>
+      <c r="K22" t="inlineStr"/>
+      <c r="L22" t="inlineStr"/>
+      <c r="M22" t="inlineStr"/>
+      <c r="N22" t="inlineStr"/>
+      <c r="O22" t="inlineStr"/>
+      <c r="P22" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q22" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>James Smith</t>
+          <t>Cindy Ugarph</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>2023-02-15</t>
-[...5 lines deleted...]
-      <c r="D23" t="inlineStr"/>
+          <t>Reviewed in the United States on January 6, 2026</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>Very effective.</t>
+        </is>
+      </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>This is amazing! It addressed an issue I was having with my feet. Highly recommend.</t>
         </is>
       </c>
       <c r="F23" t="b">
         <v>1</v>
       </c>
       <c r="G23" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I23" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>7</v>
+      <c r="I23" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J23" t="n">
+        <v>1</v>
+      </c>
+      <c r="K23" t="inlineStr"/>
+      <c r="L23" t="inlineStr"/>
+      <c r="M23" t="inlineStr"/>
+      <c r="N23" t="inlineStr"/>
+      <c r="O23" t="inlineStr"/>
+      <c r="P23" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q23" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>James Johnson</t>
+          <t>Juan</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>2024-04-09</t>
-[...5 lines deleted...]
-      <c r="D24" t="inlineStr"/>
+          <t>Reviewed in the United States on January 13, 2026</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>Espectacular</t>
+        </is>
+      </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>Huele muy bien, es demasiado fresco.</t>
         </is>
       </c>
       <c r="F24" t="b">
         <v>1</v>
       </c>
       <c r="G24" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I24" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>1</v>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J24" t="n">
+        <v>0</v>
+      </c>
+      <c r="K24" t="inlineStr"/>
+      <c r="L24" t="inlineStr"/>
+      <c r="M24" t="inlineStr"/>
+      <c r="N24" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Juan_review22_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O24" t="inlineStr"/>
+      <c r="P24" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q24" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Maria Miller</t>
+          <t>W. Thomas</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>2023-10-13</t>
-[...5 lines deleted...]
-      <c r="D25" t="inlineStr"/>
+          <t>Reviewed in the United States on December 21, 2025</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>What a luxurious feel!</t>
+        </is>
+      </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Clean bottle design with a small cap that is easy to use. The large container holds plenty of detergent.</t>
+          <t>This body wash made my skin feel clean and moisturized. The feeling after you being used the product will make you wonder why you didn't use this product earlier. A great addition to my bathroom routine.</t>
         </is>
       </c>
       <c r="F25" t="b">
         <v>1</v>
       </c>
       <c r="G25" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H25" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I25" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>13</v>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J25" t="n">
+        <v>1</v>
+      </c>
+      <c r="K25" t="inlineStr"/>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr"/>
+      <c r="N25" t="inlineStr"/>
+      <c r="O25" t="inlineStr"/>
+      <c r="P25" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q25" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>James Williams</t>
+          <t>Who</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>2023-05-13</t>
-[...5 lines deleted...]
-      <c r="D26" t="inlineStr"/>
+          <t>Reviewed in the United States on January 10, 2026</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>Good Product</t>
+        </is>
+      </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>Great lather says what it does!</t>
         </is>
       </c>
       <c r="F26" t="b">
         <v>1</v>
       </c>
       <c r="G26" t="b">
         <v>0</v>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I26" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>26</v>
+      <c r="I26" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J26" t="n">
+        <v>1</v>
+      </c>
+      <c r="K26" t="inlineStr"/>
+      <c r="L26" t="inlineStr"/>
+      <c r="M26" t="inlineStr"/>
+      <c r="N26" t="inlineStr"/>
+      <c r="O26" t="inlineStr"/>
+      <c r="P26" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q26" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>James Smith</t>
+          <t>Ebony</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>2023-06-08</t>
-[...5 lines deleted...]
-      <c r="D27" t="inlineStr"/>
+          <t>Reviewed in the United States on January 8, 2026</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>FYI- Must Read</t>
+        </is>
+      </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>2 important things… First thing is I really like the Tea Tree Body Wash. You can definitely smell the tea tree, but nothing crazy loud. The wash is invigorating, easily suds, and the body feels soft. BUT…(and this is the second thing) Why are the pictures misleading? Every single picture the company advertises on the page the bottles look like they’re fat sized bottles.. Like those huge matching shampoo and conditioner bottles.. Its actually the opposite. They are skinny bottles. The description says 16 oz so that part is accurate, but it makes the company look not untrustworthy when exaggerated pictures are used(my personal opinion). For that very reason, 3 stars are given. I would give 3 1/2 stars if I could.</t>
         </is>
       </c>
       <c r="F27" t="b">
         <v>1</v>
       </c>
       <c r="G27" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H27" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I27" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>7</v>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J27" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K27" t="n">
+        <v>0</v>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr"/>
+      <c r="N27" t="inlineStr"/>
+      <c r="O27" t="inlineStr"/>
+      <c r="P27" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q27" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>James Johnson</t>
+          <t>Gardenergirl</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>2023-08-23</t>
-[...5 lines deleted...]
-      <c r="D28" t="inlineStr"/>
+          <t>Reviewed in the United States on January 7, 2026</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>I use all three the shampoo conditioner and bath it's a great combination</t>
+        </is>
+      </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>Leaves my hair and scalp feeling very clean.</t>
         </is>
       </c>
       <c r="F28" t="b">
         <v>1</v>
       </c>
       <c r="G28" t="b">
         <v>0</v>
       </c>
       <c r="H28" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I28" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>3</v>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J28" t="n">
+        <v>0</v>
+      </c>
+      <c r="K28" t="inlineStr"/>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr"/>
+      <c r="N28" t="inlineStr"/>
+      <c r="O28" t="inlineStr"/>
+      <c r="P28" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q28" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Sarah Jones</t>
+          <t>Miguel</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>2024-07-23</t>
-[...5 lines deleted...]
-      <c r="D29" t="inlineStr"/>
+          <t>Reviewed in the United States on January 13, 2026</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>Excelente producto</t>
+        </is>
+      </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>Excelente producto</t>
         </is>
       </c>
       <c r="F29" t="b">
         <v>1</v>
       </c>
       <c r="G29" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>20</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J29" t="n">
+        <v>0</v>
+      </c>
+      <c r="K29" t="inlineStr"/>
+      <c r="L29" t="inlineStr"/>
+      <c r="M29" t="inlineStr"/>
+      <c r="N29" t="inlineStr"/>
+      <c r="O29" t="inlineStr"/>
+      <c r="P29" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q29" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Jennifer Miller</t>
+          <t>linda</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>2023-12-17</t>
-[...5 lines deleted...]
-      <c r="D30" t="inlineStr"/>
+          <t>Reviewed in the United States on December 13, 2025</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>long lasting.</t>
+        </is>
+      </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>i love washing with tea tree oil body wash. its all i use. its a great cleanser and leaves skin soft. the pump makes it easy to use and a little goes a long way. it will last a long time.</t>
         </is>
       </c>
       <c r="F30" t="b">
         <v>1</v>
       </c>
       <c r="G30" t="b">
         <v>0</v>
       </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I30" t="inlineStr"/>
-[...13 lines deleted...]
-      <c r="M30" t="n">
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J30" t="n">
+        <v>1</v>
+      </c>
+      <c r="K30" t="inlineStr"/>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr"/>
+      <c r="N30" t="inlineStr"/>
+      <c r="O30" t="inlineStr"/>
+      <c r="P30" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q30" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Robert Williams</t>
+          <t>TryggR</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>2024-04-12</t>
-[...5 lines deleted...]
-      <c r="D31" t="inlineStr"/>
+          <t>Reviewed in the United States on December 31, 2025</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>Excellent solutions for problem dry patches</t>
+        </is>
+      </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>Great for helping itchy skin and dry patches</t>
         </is>
       </c>
       <c r="F31" t="b">
         <v>1</v>
       </c>
       <c r="G31" t="b">
         <v>0</v>
       </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I31" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>18</v>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J31" t="n">
+        <v>1</v>
+      </c>
+      <c r="K31" t="inlineStr"/>
+      <c r="L31" t="inlineStr"/>
+      <c r="M31" t="inlineStr"/>
+      <c r="N31" t="inlineStr"/>
+      <c r="O31" t="inlineStr"/>
+      <c r="P31" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q31" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>James Rodriguez</t>
+          <t>marielacepeda</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>2024-07-24</t>
-[...5 lines deleted...]
-      <c r="D32" t="inlineStr"/>
+          <t>Reviewed in the United States on November 12, 2025</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>Pelo</t>
+        </is>
+      </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>No. Es tan concentrado. Como debe de ser.</t>
         </is>
       </c>
       <c r="F32" t="b">
         <v>1</v>
       </c>
       <c r="G32" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H32" t="inlineStr">
         <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I32" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>30</v>
+      <c r="J32" t="n">
+        <v>0</v>
+      </c>
+      <c r="K32" t="inlineStr"/>
+      <c r="L32" t="inlineStr"/>
+      <c r="M32" t="inlineStr"/>
+      <c r="N32" t="inlineStr"/>
+      <c r="O32" t="inlineStr"/>
+      <c r="P32" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q32" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>David Brown</t>
+          <t>Gary K.</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>2024-05-24</t>
-[...5 lines deleted...]
-      <c r="D33" t="inlineStr"/>
+          <t>Reviewed in the United States on December 22, 2025</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>Great whole body wash controls odor</t>
+        </is>
+      </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Does a great job for me as a whole body wash. I have bought this several times.</t>
         </is>
       </c>
       <c r="F33" t="b">
         <v>1</v>
       </c>
       <c r="G33" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I33" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J33" t="n">
+        <v>1</v>
+      </c>
+      <c r="K33" t="inlineStr"/>
+      <c r="L33" t="inlineStr"/>
+      <c r="M33" t="inlineStr"/>
+      <c r="N33" t="inlineStr"/>
+      <c r="O33" t="inlineStr"/>
+      <c r="P33" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q33" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Sarah Jones</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
-[...5 lines deleted...]
-      <c r="D34" t="inlineStr"/>
+          <t>Reviewed in the United States on October 14, 2025</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>Good product</t>
+        </is>
+      </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>It was great while it lasted,
+I loved the smell of tea tree oil and it was good. Felt cleansed every day I used it.</t>
         </is>
       </c>
       <c r="F34" t="b">
         <v>1</v>
       </c>
       <c r="G34" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I34" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>6</v>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J34" t="n">
+        <v>1</v>
+      </c>
+      <c r="K34" t="inlineStr"/>
+      <c r="L34" t="inlineStr"/>
+      <c r="M34" t="inlineStr"/>
+      <c r="N34" t="inlineStr"/>
+      <c r="O34" t="inlineStr"/>
+      <c r="P34" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q34" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>Michael Williams</t>
+          <t>Patrisha Gillette</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>2023-03-18</t>
-[...5 lines deleted...]
-      <c r="D35" t="inlineStr"/>
+          <t>Reviewed in the United States on December 13, 2025</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>For us fat folks</t>
+        </is>
+      </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>You know if you're fat that things can get a little...um...smelly between fat rolls, this product helps keep you smelling fresh by making bacteria and fungal infections harder to take root.</t>
         </is>
       </c>
       <c r="F35" t="b">
         <v>1</v>
       </c>
       <c r="G35" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>3</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J35" t="n">
+        <v>0</v>
+      </c>
+      <c r="K35" t="inlineStr"/>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr"/>
+      <c r="N35" t="inlineStr"/>
+      <c r="O35" t="inlineStr"/>
+      <c r="P35" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q35" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>David Williams</t>
+          <t>Cheap plastic and breaks easily one got cracked during installation so be careful</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>2024-03-03</t>
-[...5 lines deleted...]
-      <c r="D36" t="inlineStr"/>
+          <t>Reviewed in the United States on October 27, 2025</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>Mild</t>
+        </is>
+      </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>Good but not that minty! It definitely won’t burn ur parts lol!</t>
         </is>
       </c>
       <c r="F36" t="b">
         <v>1</v>
       </c>
       <c r="G36" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>2</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J36" t="n">
+        <v>-0.09089999999999999</v>
+      </c>
+      <c r="K36" t="inlineStr"/>
+      <c r="L36" t="inlineStr"/>
+      <c r="M36" t="inlineStr"/>
+      <c r="N36" t="inlineStr"/>
+      <c r="O36" t="inlineStr"/>
+      <c r="P36" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q36" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>John Martinez</t>
+          <t>JohnH</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>2023-11-27</t>
-[...5 lines deleted...]
-      <c r="D37" t="inlineStr"/>
+          <t>Reviewed in the United States on September 24, 2025</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>My new go-to body wash for problematic skin</t>
+        </is>
+      </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>I bought this because I love things that are a little minty, and also because I have some skin issues. While I don't find that this body wash is 'moisturizing' per say, it isn't harsh at all, which is important. It does a great job of getting my skin clean without drying my skin out. I'm on my third bottle of this stuff, and the quality has been very consistent.
+If you are looking for something that is going to numb your skin from all the menthol, this isn't that product. But it is pleasantly minty, and left on the skin a few minutes might give a bit of a cooling sensation. This is my new go-to body wash. I've had fewer issues with seborrheic dermatitis since using this product (takes a few weeks to notice the difference). Anything that helps with that is well worth the money!</t>
         </is>
       </c>
       <c r="F37" t="b">
         <v>1</v>
       </c>
       <c r="G37" t="b">
         <v>1</v>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I37" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J37" t="n">
+        <v>-0.4709</v>
+      </c>
+      <c r="K37" t="n">
+        <v>1</v>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr"/>
+      <c r="N37" t="inlineStr"/>
+      <c r="O37" t="inlineStr"/>
+      <c r="P37" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q37" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Maria Rodriguez</t>
+          <t>Isabel</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>2023-11-28</t>
-[...5 lines deleted...]
-      <c r="D38" t="inlineStr"/>
+          <t>Reviewed in the United States on December 19, 2025</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>Fresh smell</t>
+        </is>
+      </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>This one smells always so fresh I love!</t>
         </is>
       </c>
       <c r="F38" t="b">
         <v>1</v>
       </c>
       <c r="G38" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I38" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>20</v>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J38" t="n">
+        <v>1</v>
+      </c>
+      <c r="K38" t="inlineStr"/>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr"/>
+      <c r="N38" t="inlineStr"/>
+      <c r="O38" t="inlineStr"/>
+      <c r="P38" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q38" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>David Williams</t>
+          <t>Anglespur</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>2024-09-01</t>
-[...5 lines deleted...]
-      <c r="D39" t="inlineStr"/>
+          <t>Reviewed in the United States on June 14, 2023</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>GREAT BODY WASH</t>
+        </is>
+      </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>I bought this on recommendation from a friend. I was having a problem with jock itch and itchy skin on my calves and shins to the point where I would scratch them to open sores. I tried all of the dry skin lotions and anti-itch lotions for my legs to no avail. I was using jock itch spray and powder also with negligible results. I also had breakouts of athlete's foot every couple of weeks. I am a general contractor in South Florida, so I'm constantly on job sites in the heat and humidity sweating profusely. I wear pull-on work boots with knee-high cotton socks, and carpenter jeans or cargo pants, which are loose fitting, but they are often wet from sweat at the end of the day.. I'm also a personal hygiene fanatic. I shower when I get up in the morning, again after I get home from work and sometimes again before I go to bed if I work up a sweat again. I tried all different types and brands of soap thinking one of them may be the issue. I was at my wits end and decided to try this body wash after it was recommended to me. I figured I had nothing to lose. Reading the label it sounded like it was what I was looking for. It says it's good for everything I was suffering with. I figured it was too good to be true, but I had nothing to lose but my purchase price. I got home from work and the package with this body wash in it was on my front porch. I took it and went straight to my bathroom for my after work shower. I used this soap with a loofah to lather it on my skin from head to toe as well as my back brush for my back. The smell is pleasant for me. I also use Nioxin shampoo and conditioner and this basically smells the same as that, so the scent is familiar to me. I used it again the next morning when I took my morning shower and got dressed for work. After those initial two uses I have not had one single incident of jock itch flaring up. My athletes foot has not appeared again and my legs stopped itching immediately with the sores completely clearing up. I've been using it now for a month and I couldn't be happier with the results. I'm not using any spray on or topical medications or lotions for anything. This body wash cleared up ALL of the skin issues I was dealing with. I'm completely satisfied with it and will continue using it.</t>
         </is>
       </c>
       <c r="F39" t="b">
         <v>1</v>
       </c>
       <c r="G39" t="b">
         <v>1</v>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J39" t="n">
+        <v>-0.6442</v>
+      </c>
+      <c r="K39" t="n">
+        <v>0</v>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr"/>
+      <c r="N39" t="inlineStr"/>
+      <c r="O39" t="inlineStr"/>
+      <c r="P39" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q39" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Jennifer Davis</t>
+          <t>Rhonda J. Hunter</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>2024-09-23</t>
-[...5 lines deleted...]
-      <c r="D40" t="inlineStr"/>
+          <t>Reviewed in the United States on October 6, 2025</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>GOOD AND NOT SO GOOD</t>
+        </is>
+      </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Great for body, left hair feeling greasy, so not for hair unless you have very dry hair.</t>
         </is>
       </c>
       <c r="F40" t="b">
         <v>1</v>
       </c>
       <c r="G40" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I40" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>9</v>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J40" t="n">
+        <v>1</v>
+      </c>
+      <c r="K40" t="inlineStr"/>
+      <c r="L40" t="inlineStr"/>
+      <c r="M40" t="inlineStr"/>
+      <c r="N40" t="inlineStr"/>
+      <c r="O40" t="inlineStr"/>
+      <c r="P40" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q40" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>John Martinez</t>
+          <t>El</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>2024-03-15</t>
-[...5 lines deleted...]
-      <c r="D41" t="inlineStr"/>
+          <t>Reviewed in the United States on December 18, 2025</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>Sports moms must get</t>
+        </is>
+      </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>So far my son loves it</t>
         </is>
       </c>
       <c r="F41" t="b">
         <v>1</v>
       </c>
       <c r="G41" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>25</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J41" t="n">
+        <v>0</v>
+      </c>
+      <c r="K41" t="inlineStr"/>
+      <c r="L41" t="inlineStr"/>
+      <c r="M41" t="inlineStr"/>
+      <c r="N41" t="inlineStr"/>
+      <c r="O41" t="inlineStr"/>
+      <c r="P41" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q41" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Jennifer Davis</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>2023-03-17</t>
-[...5 lines deleted...]
-      <c r="D42" t="inlineStr"/>
+          <t>Reviewed in the United States on October 3, 2025</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>TEaTree Body Wash !!</t>
+        </is>
+      </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>The body wash smells nice. Best use for nice nite time shower before bed, very relaxing !!</t>
         </is>
       </c>
       <c r="F42" t="b">
         <v>1</v>
       </c>
       <c r="G42" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I42" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>4</v>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J42" t="n">
+        <v>1</v>
+      </c>
+      <c r="K42" t="inlineStr"/>
+      <c r="L42" t="inlineStr"/>
+      <c r="M42" t="inlineStr"/>
+      <c r="N42" t="inlineStr"/>
+      <c r="O42" t="inlineStr"/>
+      <c r="P42" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q42" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>James Jones</t>
+          <t>nana morbedadze</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>2024-10-23</t>
-[...5 lines deleted...]
-      <c r="D43" t="inlineStr"/>
+          <t>Reviewed in the United States on November 21, 2025</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Excellent body wash!</t>
+        </is>
+      </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>I buy Botanical Hearth Tea Tree Body Wash several times. I am very satisfied with with the quality of this wash. It makes a kind of healing effect on my body skin! The skin also remains moisture for all day. Wonderful body wash!</t>
         </is>
       </c>
       <c r="F43" t="b">
         <v>1</v>
       </c>
       <c r="G43" t="b">
         <v>0</v>
       </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I43" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>2</v>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J43" t="n">
+        <v>1</v>
+      </c>
+      <c r="K43" t="inlineStr"/>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr"/>
+      <c r="N43" t="inlineStr"/>
+      <c r="O43" t="inlineStr"/>
+      <c r="P43" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q43" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>Lisa Brown</t>
+          <t>Penny H Reese</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
-[...5 lines deleted...]
-      <c r="D44" t="inlineStr"/>
+          <t>Reviewed in the United States on December 14, 2025</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>Price</t>
+        </is>
+      </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Smells good, works well</t>
         </is>
       </c>
       <c r="F44" t="b">
         <v>1</v>
       </c>
       <c r="G44" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I44" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>20</v>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J44" t="n">
+        <v>1</v>
+      </c>
+      <c r="K44" t="inlineStr"/>
+      <c r="L44" t="inlineStr"/>
+      <c r="M44" t="inlineStr"/>
+      <c r="N44" t="inlineStr"/>
+      <c r="O44" t="inlineStr"/>
+      <c r="P44" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q44" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>James Jones</t>
+          <t>Anthony</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>2023-08-10</t>
-[...5 lines deleted...]
-      <c r="D45" t="inlineStr"/>
+          <t>Reviewed in the United States on February 26, 2025</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>Refreshing scent, clean feeling and helped clear my back breakouts up.</t>
+        </is>
+      </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>I bought this to try because my back has been breaking out and I couldn’t figure out why, as nothing I’ve done in my routine has changed. I was using dove unscented sensitive skin body wash. I switched to this and after a few weeks, my back is about 99% cleared up. I also switched to a tea tree and lemongrass shampoo. I wish the body washed foamed up more, but it’ll do since it worked for what I wanted. I love the clean fresh scent of tea tree oil and the added mint is a nice addition. My skin feels cleaner with this than the former bath and body works I used and then the Dove body wash. It came with a screw on cap and a pump cap so I saved the other for when it gets close to being gone, I can put the screw on cap on and store it upside down in the shower.</t>
         </is>
       </c>
       <c r="F45" t="b">
         <v>1</v>
       </c>
       <c r="G45" t="b">
         <v>1</v>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>18</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J45" t="n">
+        <v>-0.5046</v>
+      </c>
+      <c r="K45" t="n">
+        <v>0</v>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr"/>
+      <c r="N45" t="inlineStr"/>
+      <c r="O45" t="inlineStr"/>
+      <c r="P45" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q45" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>John Jones</t>
+          <t>Love the earrings. Great replica of the Cartier earrings</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>2024-01-27</t>
-[...5 lines deleted...]
-      <c r="D46" t="inlineStr"/>
+          <t>Reviewed in the United States on November 28, 2025</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>Tea tree body wash</t>
+        </is>
+      </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>The body wash is amazing and refreshing. The body wash does not have a strong tea tree smell, but work wonders. Will be buying again. 10 out of 10 body wash</t>
         </is>
       </c>
       <c r="F46" t="b">
         <v>1</v>
       </c>
       <c r="G46" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J46" t="n">
+        <v>0.5068</v>
+      </c>
+      <c r="K46" t="inlineStr"/>
+      <c r="L46" t="inlineStr"/>
+      <c r="M46" t="inlineStr"/>
+      <c r="N46" t="inlineStr"/>
+      <c r="O46" t="inlineStr"/>
+      <c r="P46" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q46" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>Jennifer Johnson</t>
+          <t>Elizabeth Faleri</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>2023-05-26</t>
-[...5 lines deleted...]
-      <c r="D47" t="inlineStr"/>
+          <t>Reviewed in the United States on December 20, 2025</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>Not as big as I was hoping</t>
+        </is>
+      </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>It’s my own fault for not paying attention to the ounces, but the picture they show of it makes it seem so much bigger than what it really is… I was disappointed I thought I was getting a great deal</t>
         </is>
       </c>
       <c r="F47" t="b">
         <v>1</v>
       </c>
       <c r="G47" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I47" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>8</v>
+      <c r="I47" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J47" t="n">
+        <v>-0.8188</v>
+      </c>
+      <c r="K47" t="inlineStr"/>
+      <c r="L47" t="inlineStr"/>
+      <c r="M47" t="inlineStr"/>
+      <c r="N47" t="inlineStr"/>
+      <c r="O47" t="inlineStr"/>
+      <c r="P47" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q47" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>Lisa Garcia</t>
+          <t>tony</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>2023-08-03</t>
-[...5 lines deleted...]
-      <c r="D48" t="inlineStr"/>
+          <t>Reviewed in the United States on September 12, 2025</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>Good but Pumps never work</t>
+        </is>
+      </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>The product itself is amazing. However, this is the second bottle that I have ordered and both of the pumps never work.</t>
         </is>
       </c>
       <c r="F48" t="b">
         <v>1</v>
       </c>
       <c r="G48" t="b">
         <v>1</v>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I48" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>20</v>
+      <c r="I48" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J48" t="n">
+        <v>-0.6833</v>
+      </c>
+      <c r="K48" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L48" t="inlineStr"/>
+      <c r="M48" t="inlineStr"/>
+      <c r="N48" t="inlineStr"/>
+      <c r="O48" t="inlineStr"/>
+      <c r="P48" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q48" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>Lisa Miller</t>
+          <t>RalphieSays</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>2023-03-02</t>
-[...5 lines deleted...]
-      <c r="D49" t="inlineStr"/>
+          <t>Reviewed in the United States on June 27, 2025</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>Seems Good Overall. No Problems 2 Speak Of</t>
+        </is>
+      </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>I use it 2-3x a week in the shower.  Rotating between several different body washes.  Using this body wash for specific areas. 
+Bottle is a decent size when purchased on sale.  
+I lather it onto the skin.  Let it sit 3 minutes while working on other areas of the body.  Then I  rinse it off.  
+Smell from the bottle is pleasant.  
+Product doesn't seem to have an after smell effect on the skin 
+you won't walk around with this body wash smell wafting from your body.  Nor will you be able to smell it yourself after rinsing off.
+Middle Aged Male, Shower 1-2x a day.  Olive skin.  No major skin issues.   
+I can't think of any problems to mention.  
+And I can't personally say how much this formula is the real deal versus other brands.  
+I'm not using this for medical reasons. 
+I have used multiple brands of tea tree oil body wash over the last few decades. This product seems to be is roughly the same deal as everything else.</t>
         </is>
       </c>
       <c r="F49" t="b">
         <v>1</v>
       </c>
       <c r="G49" t="b">
         <v>1</v>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>13</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J49" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K49" t="n">
+        <v>-0.25</v>
+      </c>
+      <c r="L49" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M49" t="inlineStr"/>
+      <c r="N49" t="inlineStr"/>
+      <c r="O49" t="inlineStr"/>
+      <c r="P49" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q49" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>Sarah Garcia</t>
+          <t>Keena Alfinito</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>2023-08-15</t>
-[...5 lines deleted...]
-      <c r="D50" t="inlineStr"/>
+          <t>Reviewed in the United States on December 5, 2025</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>Great smell. Feels good on skin</t>
+        </is>
+      </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>Love this. Feels so good on my psoriasis during flares. Love the smell.</t>
         </is>
       </c>
       <c r="F50" t="b">
         <v>1</v>
       </c>
       <c r="G50" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>10</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J50" t="n">
+        <v>1</v>
+      </c>
+      <c r="K50" t="inlineStr"/>
+      <c r="L50" t="inlineStr"/>
+      <c r="M50" t="inlineStr"/>
+      <c r="N50" t="inlineStr"/>
+      <c r="O50" t="inlineStr"/>
+      <c r="P50" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q50" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>Jennifer Martinez</t>
+          <t>brightlite11</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>2023-02-27</t>
-[...5 lines deleted...]
-      <c r="D51" t="inlineStr"/>
+          <t>Reviewed in the United States on September 13, 2025</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>All good! nice scent and good price!</t>
+        </is>
+      </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Decided to keep this item! Nice smell and wouldbuy again soon!</t>
         </is>
       </c>
       <c r="F51" t="b">
         <v>1</v>
       </c>
       <c r="G51" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H51" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I51" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>13</v>
+      <c r="I51" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J51" t="n">
+        <v>0</v>
+      </c>
+      <c r="K51" t="inlineStr"/>
+      <c r="L51" t="inlineStr"/>
+      <c r="M51" t="inlineStr"/>
+      <c r="N51" t="inlineStr"/>
+      <c r="O51" t="inlineStr"/>
+      <c r="P51" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q51" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>Michael Johnson</t>
+          <t>Scott R. Gerber</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>2024-08-25</t>
-[...5 lines deleted...]
-      <c r="D52" t="inlineStr"/>
+          <t>Reviewed in the United States on August 16, 2025</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>Decent product that seems to work</t>
+        </is>
+      </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>I have used both the blue and green of this product and prefer the blue for its better smell. The product seems to be effective but not real crazy about the smell of it.</t>
         </is>
       </c>
       <c r="F52" t="b">
         <v>1</v>
       </c>
       <c r="G52" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I52" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>22</v>
+      <c r="I52" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J52" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K52" t="inlineStr"/>
+      <c r="L52" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr"/>
+      <c r="N52" t="inlineStr"/>
+      <c r="O52" t="inlineStr"/>
+      <c r="P52" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q52" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>Michael Johnson</t>
+          <t>Sherri J.</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>2024-10-05</t>
-[...5 lines deleted...]
-      <c r="D53" t="inlineStr"/>
+          <t>Reviewed in the United States on November 23, 2025</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>Does What it is Supposed to do - Listerine Smell</t>
+        </is>
+      </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>It’s a body wash so it does what it is supposed to do. That said the scent reminds me of the brown Listerine. Very medicinal. I was hoping for a spa like vibe. Trader Joe’s has something similar for $4.99 maybe a little more. Smells a little better than this product, in my opinion.</t>
         </is>
       </c>
       <c r="F53" t="b">
         <v>1</v>
       </c>
       <c r="G53" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I53" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>28</v>
+      <c r="I53" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J53" t="n">
+        <v>0</v>
+      </c>
+      <c r="K53" t="inlineStr"/>
+      <c r="L53" t="inlineStr"/>
+      <c r="M53" t="inlineStr"/>
+      <c r="N53" t="inlineStr"/>
+      <c r="O53" t="inlineStr"/>
+      <c r="P53" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q53" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>Maria Garcia</t>
+          <t>Dawaylon Barnes</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>2024-07-14</t>
-[...5 lines deleted...]
-      <c r="D54" t="inlineStr"/>
+          <t>Reviewed in the United States on November 5, 2025</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>Just love it!</t>
+        </is>
+      </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Love this. My wife was on the fence. Does not lather. For me, that's geeat! None of that bad stuff sliding in there. She added android of her favoritebdailbdmforblather and uses up all of my soap! She saysbit makesbherbsk8n soft. I agree. Just love it</t>
         </is>
       </c>
       <c r="F54" t="b">
         <v>1</v>
       </c>
       <c r="G54" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I54" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>30</v>
+      <c r="I54" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J54" t="n">
+        <v>1</v>
+      </c>
+      <c r="K54" t="inlineStr"/>
+      <c r="L54" t="inlineStr"/>
+      <c r="M54" t="inlineStr"/>
+      <c r="N54" t="inlineStr"/>
+      <c r="O54" t="inlineStr"/>
+      <c r="P54" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q54" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>John Jones</t>
+          <t>Noelani</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>2024-02-19</t>
-[...5 lines deleted...]
-      <c r="D55" t="inlineStr"/>
+          <t>Reviewed in the United States on January 17, 2024</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>Could be better; but not bad</t>
+        </is>
+      </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>I purchased this product for a few reasons which are all tea tree related. Repelling mosquitoes (they have a habit of biting me before others), soothing bites, skin health and can be helpful for fighting bacteria if need be. Knowing that yes tree oil does this I looked for a body wash that had tea tree in it and “wahla” here we are. I can’t say it works undoubtedly but it does feel like I’m getting bit less often and that when I do have bug bites they arnt as itchy or inflamed as usual. It also smells very good. True to the earthy/menthol smell that tea tree gives. When washing with it, it gives that classic minty or tingling sensation which is nice but leads me to my first complaint - not keen on using it for the private parts. I’m just not wanting or needing that sensation. So for me this means using an additional body wash in addition to this one for the nooks and crannies. My second and probably most important complaint is that it isn’t very frothy when lathered. I find that I use a lot of it (3-5 pumps) because it’s not giving me that frothy feel like my normal body wash. All in all I think it’s gets the job done for what I want but definitely not something I can see myself using long term.</t>
         </is>
       </c>
       <c r="F55" t="b">
         <v>1</v>
       </c>
       <c r="G55" t="b">
         <v>1</v>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>negative</t>
-[...16 lines deleted...]
-      <c r="M55" t="n">
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J55" t="n">
+        <v>-0.8597</v>
+      </c>
+      <c r="K55" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L55" t="inlineStr"/>
+      <c r="M55" t="inlineStr"/>
+      <c r="N55" t="inlineStr"/>
+      <c r="O55" t="inlineStr"/>
+      <c r="P55" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q55" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>Jennifer Martinez</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>2024-02-05</t>
-[...5 lines deleted...]
-      <c r="D56" t="inlineStr"/>
+          <t>Reviewed in the United States on June 26, 2019</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>A compliment from someone in pain</t>
+        </is>
+      </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>I was rather surprised by this product. I'm not a person who generally likes strong scents since I've been prone to severe migraines that developed into seizures. But considering anyone like me who has an autoimmune disorder they've got skin isssues. Mine I've had since childhood.
+This problem has become so bad that I can't use most detergents, I'm allergic to a lot of soaps and I will not go near a loufa for showering, it's just a washcloth a and a bar of soap or body wash just like the old days.
+Treatment can be limited for those who have seizures, you cannot take anything with hormones or steroids especially long term, I've found this out the hard way. So finding a natural remedy is best regarding most issues. Echenechia tea for coughing during a cold, dark fruits, honey, and maple syrup as antioxidants. When I turned to essential oils for relief for my skin and perhaps some help for my constant pain I was skeptical. One of the top oils on that list for skin was tea tree oil, the closer to pure the better. Problem is I can't stand the smell. So I looked for a body wash first since I didn't want to do the shampoo and conditioner yet it was too soon and I wanted something that has other oils: cocunut, peppermint, eucalyptus oils. I loved the smell of those oils.
+In the process I came across sulfate free products for my hair with seaweed, Aragon oil, shea butter, and of course more coconut.
+You mix the body wash by this company and the other more organic based products I found in a hot shower and I did finally find a glimpse of relief for my skin and my body. Now it's obviously not permanent but it's the first but if relief I've had that wasn't given to me through medication or physical therapy / deep meditation crap. It gives a person who has been in pain their whole life a day of light. Even though that little bottle of body wash was just one part of the right mixture for me it was just the right scent for a body wash to be and has the right amount of oils.
+My skin is getting better now.. Slowly.. I know part of it is switching products to this body wash. I plan on trying more products in the future.</t>
         </is>
       </c>
       <c r="F56" t="b">
         <v>1</v>
       </c>
       <c r="G56" t="b">
         <v>1</v>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I56" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>16</v>
+      <c r="I56" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J56" t="n">
+        <v>-0.6747</v>
+      </c>
+      <c r="K56" t="n">
+        <v>0</v>
+      </c>
+      <c r="L56" t="inlineStr"/>
+      <c r="M56" t="inlineStr"/>
+      <c r="N56" t="inlineStr"/>
+      <c r="O56" t="inlineStr"/>
+      <c r="P56" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q56" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>Robert Miller</t>
+          <t>Amanda Sullivan</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>2023-05-22</t>
-[...5 lines deleted...]
-      <c r="D57" t="inlineStr"/>
+          <t>Reviewed in the United States on December 12, 2025</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>Soap is great if you can get it out of the bottle</t>
+        </is>
+      </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>It smells great and leaves my skin feeling clean but the pump that comes with it does not work well at all.</t>
         </is>
       </c>
       <c r="F57" t="b">
         <v>1</v>
       </c>
       <c r="G57" t="b">
         <v>1</v>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I57" t="inlineStr"/>
-[...13 lines deleted...]
-      <c r="M57" t="n">
+      <c r="I57" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J57" t="n">
+        <v>-0.6415999999999999</v>
+      </c>
+      <c r="K57" t="n">
+        <v>0</v>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr"/>
+      <c r="N57" t="inlineStr"/>
+      <c r="O57" t="inlineStr"/>
+      <c r="P57" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q57" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>Maria Williams</t>
+          <t>Ilo</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>2023-07-18</t>
-[...5 lines deleted...]
-      <c r="D58" t="inlineStr"/>
+          <t>Reviewed in the United States on December 13, 2025</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>Drying</t>
+        </is>
+      </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>Bought this as I’ve used tea tree oil for years to wash my face. Unfortunately for me this formula is way too drying.</t>
         </is>
       </c>
       <c r="F58" t="b">
         <v>1</v>
       </c>
       <c r="G58" t="b">
         <v>0</v>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>25</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J58" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K58" t="inlineStr"/>
+      <c r="L58" t="inlineStr"/>
+      <c r="M58" t="inlineStr"/>
+      <c r="N58" t="inlineStr"/>
+      <c r="O58" t="inlineStr"/>
+      <c r="P58" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q58" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>James Garcia</t>
+          <t>Dannis Cole</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>2023-07-28</t>
-[...5 lines deleted...]
-      <c r="D59" t="inlineStr"/>
+          <t>Reviewed in the United States on August 30, 2024</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>Wonderful for itchy skin</t>
+        </is>
+      </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Love the eucalyptus scent! My skin is combination and I get very flaky skin on my forearms and forehead but my nose and cheeks are oily. My back is the same, with some parts oily and some, extremely dry, and my shins are really dry. It's hard to find a skin care product that works for me. This one does. Some complain that it doesn't lather well. My verdict is that it does lather a bit, but it cleans really well. Not as much lather as my last product, but the last one did nothing for itch and wasn't very good for the oily skin. This stuff helps with the dryness and itching and cleans well so the oily parts get clean, too. I love smelling good when I get out. The other product didn't leave a smell. I feel cleaner and my skin has a tingle so I don't itch for hours. That's huge! I have not had any problems with the pump. In the first picture I had a strong light on it so you can see it's down about an inch after two months. I bathe once a week because getting in the tub wears me out. So, it's really important to me that my bath product cleans well. I've tried several other body washes over the years. This is the first one that didn't dry my dry skin out yet cleaned the oily parts well and leaves that wonderful tingle that stops the itch. I am sold on this product and on the shampoo made by the same folks! Thank you, Botanic Hearth!</t>
         </is>
       </c>
       <c r="F59" t="b">
         <v>1</v>
       </c>
       <c r="G59" t="b">
         <v>1</v>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J59" t="n">
+        <v>-0.5475</v>
+      </c>
+      <c r="K59" t="n">
+        <v>0.3333</v>
+      </c>
+      <c r="L59" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M59" t="inlineStr"/>
+      <c r="N59" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Dannis_Cole_review57_img1.jpg%2C%20Dannis_Cole_review57_img2.jpg%2C%20Dannis_Cole_review57_img3.jpg%2C%20Dannis_Cole_review57_img4.jpg</t>
+        </is>
+      </c>
+      <c r="O59" t="inlineStr"/>
+      <c r="P59" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q59" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>Robert Brown</t>
+          <t>Ted</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>2024-03-03</t>
-[...5 lines deleted...]
-      <c r="D60" t="inlineStr"/>
+          <t>Reviewed in the United States on September 8, 2025</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>Buy it</t>
+        </is>
+      </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>It’s a good product and works</t>
         </is>
       </c>
       <c r="F60" t="b">
         <v>1</v>
       </c>
       <c r="G60" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>24</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J60" t="n">
+        <v>1</v>
+      </c>
+      <c r="K60" t="inlineStr"/>
+      <c r="L60" t="inlineStr"/>
+      <c r="M60" t="inlineStr"/>
+      <c r="N60" t="inlineStr"/>
+      <c r="O60" t="inlineStr"/>
+      <c r="P60" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q60" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>John Davis</t>
+          <t>Angel</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>2024-11-11</t>
-[...5 lines deleted...]
-      <c r="D61" t="inlineStr"/>
+          <t>Reviewed in the United States on December 5, 2025</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>Deep cleaning skin</t>
+        </is>
+      </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>I love it</t>
         </is>
       </c>
       <c r="F61" t="b">
         <v>1</v>
       </c>
       <c r="G61" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>16</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J61" t="n">
+        <v>1</v>
+      </c>
+      <c r="K61" t="inlineStr"/>
+      <c r="L61" t="inlineStr"/>
+      <c r="M61" t="inlineStr"/>
+      <c r="N61" t="inlineStr"/>
+      <c r="O61" t="inlineStr"/>
+      <c r="P61" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q61" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" t="inlineStr">
-[...10 lines deleted...]
-        <v>3</v>
+      <c r="A62" t="inlineStr"/>
+      <c r="B62" t="inlineStr"/>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
       </c>
       <c r="D62" t="inlineStr"/>
-      <c r="E62" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E62" t="inlineStr"/>
       <c r="F62" t="b">
         <v>1</v>
       </c>
       <c r="G62" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I62" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>5</v>
+      <c r="I62" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J62" t="n">
+        <v>0</v>
+      </c>
+      <c r="K62" t="inlineStr"/>
+      <c r="L62" t="inlineStr"/>
+      <c r="M62" t="inlineStr"/>
+      <c r="N62" t="inlineStr"/>
+      <c r="O62" t="inlineStr"/>
+      <c r="P62" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q62" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>David Davis</t>
+          <t>Heiko Ganzer</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>2024-09-17</t>
-[...5 lines deleted...]
-      <c r="D63" t="inlineStr"/>
+          <t>Reviewed in the United States on November 22, 2025</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>Its Great</t>
+        </is>
+      </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>This is a great product for skin. Ive been using it and no fungus no weird rash</t>
         </is>
       </c>
       <c r="F63" t="b">
         <v>1</v>
       </c>
       <c r="G63" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>27</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J63" t="n">
+        <v>1</v>
+      </c>
+      <c r="K63" t="inlineStr"/>
+      <c r="L63" t="inlineStr"/>
+      <c r="M63" t="inlineStr"/>
+      <c r="N63" t="inlineStr"/>
+      <c r="O63" t="inlineStr"/>
+      <c r="P63" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q63" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>Jennifer Garcia</t>
+          <t>Sha</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>2023-10-22</t>
-[...5 lines deleted...]
-      <c r="D64" t="inlineStr"/>
+          <t>Reviewed in the United States on August 28, 2025</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>Great lathering</t>
+        </is>
+      </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Great value. Smells great and lathered well.</t>
         </is>
       </c>
       <c r="F64" t="b">
         <v>1</v>
       </c>
       <c r="G64" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I64" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>19</v>
+      <c r="I64" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J64" t="n">
+        <v>1</v>
+      </c>
+      <c r="K64" t="inlineStr"/>
+      <c r="L64" t="inlineStr"/>
+      <c r="M64" t="inlineStr"/>
+      <c r="N64" t="inlineStr"/>
+      <c r="O64" t="inlineStr"/>
+      <c r="P64" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q64" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>Lisa Rodriguez</t>
+          <t>Gameinatrix</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>2024-11-26</t>
-[...5 lines deleted...]
-      <c r="D65" t="inlineStr"/>
+          <t>Reviewed in the United States on August 19, 2025</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>Cannot Use Pump</t>
+        </is>
+      </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>Cannot use pump, will not unlock and expand, but product is okay</t>
         </is>
       </c>
       <c r="F65" t="b">
         <v>1</v>
       </c>
       <c r="G65" t="b">
         <v>0</v>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I65" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>30</v>
+      <c r="I65" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J65" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K65" t="inlineStr"/>
+      <c r="L65" t="inlineStr"/>
+      <c r="M65" t="inlineStr"/>
+      <c r="N65" t="inlineStr"/>
+      <c r="O65" t="inlineStr"/>
+      <c r="P65" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q65" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>David Brown</t>
+          <t>M.L</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>2023-03-03</t>
-[...5 lines deleted...]
-      <c r="D66" t="inlineStr"/>
+          <t>Reviewed in the United States on October 6, 2025</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>It works!</t>
+        </is>
+      </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>I bought this for my son, because he was having recurrent skin issues behind his ears. I felt it was possibly fungal, but no creams seemed to work, antifungal or otherwise. He has been using this on his whole body for two weeks and his skin issues are GONE! He loves the smell and said it's his preferred soap.</t>
         </is>
       </c>
       <c r="F66" t="b">
         <v>1</v>
       </c>
       <c r="G66" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I66" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>23</v>
+      <c r="I66" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J66" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K66" t="inlineStr"/>
+      <c r="L66" t="inlineStr"/>
+      <c r="M66" t="inlineStr"/>
+      <c r="N66" t="inlineStr"/>
+      <c r="O66" t="inlineStr"/>
+      <c r="P66" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q66" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>David Rodriguez</t>
+          <t>Noyam</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>2023-05-26</t>
-[...5 lines deleted...]
-      <c r="D67" t="inlineStr"/>
+          <t>Reviewed in the United States on November 20, 2025</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>It's fine</t>
+        </is>
+      </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>I think it's the tea tree, it smells like ammonia (cat wee)? It is likely just a me problem but it definitely shouldn't be the mint 🫤</t>
         </is>
       </c>
       <c r="F67" t="b">
         <v>1</v>
       </c>
       <c r="G67" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I67" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>27</v>
+      <c r="I67" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J67" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K67" t="inlineStr"/>
+      <c r="L67" t="inlineStr"/>
+      <c r="M67" t="inlineStr"/>
+      <c r="N67" t="inlineStr"/>
+      <c r="O67" t="inlineStr"/>
+      <c r="P67" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q67" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>Patricia Johnson</t>
+          <t>Karen P</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>2023-05-03</t>
-[...5 lines deleted...]
-      <c r="D68" t="inlineStr"/>
+          <t>Reviewed in the United States on July 13, 2025</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>Discovered by accident but now a household favorite!</t>
+        </is>
+      </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>This is going to sound gross, but while I had eyelash extensions, I ended up with the lovely surprise of lash mites. During that time, I was itching all over and tea tree oil came highly recommended. In my mission to get rid of those unwelcome guests ASAP, I ordered this tea tree body wash—and honestly, I’m so glad I did! I’m not sure if it was the wash, the oil, or both, but something worked, and this body wash has been a staple in our house ever since. The smell is refreshing, the lather is great, and even my husband loves it. If it weren’t for the lash mites, I may have never found this gem!</t>
         </is>
       </c>
       <c r="F68" t="b">
         <v>1</v>
       </c>
       <c r="G68" t="b">
         <v>0</v>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>11</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I68" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J68" t="n">
+        <v>-0.6378</v>
+      </c>
+      <c r="K68" t="inlineStr"/>
+      <c r="L68" t="inlineStr"/>
+      <c r="M68" t="inlineStr"/>
+      <c r="N68" t="inlineStr"/>
+      <c r="O68" t="inlineStr"/>
+      <c r="P68" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q68" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>Maria Johnson</t>
+          <t>Kindle Customer</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>2024-04-01</t>
-[...5 lines deleted...]
-      <c r="D69" t="inlineStr"/>
+          <t>Reviewed in the United States on November 15, 2025</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>Botanica Hearth</t>
+        </is>
+      </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Great body wash and l don't sweat as bad too since lm a heavy sweating.</t>
         </is>
       </c>
       <c r="F69" t="b">
         <v>1</v>
       </c>
       <c r="G69" t="b">
         <v>0</v>
       </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I69" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>1</v>
+      <c r="I69" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J69" t="n">
+        <v>1</v>
+      </c>
+      <c r="K69" t="inlineStr"/>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr"/>
+      <c r="N69" t="inlineStr"/>
+      <c r="O69" t="inlineStr"/>
+      <c r="P69" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q69" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>Maria Martinez</t>
+          <t>Helios</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>2024-02-04</t>
-[...5 lines deleted...]
-      <c r="D70" t="inlineStr"/>
+          <t>Reviewed in the United States on November 24, 2025</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>Great for getting extra clean</t>
+        </is>
+      </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Exceptional product. Cleans well; smells great.</t>
         </is>
       </c>
       <c r="F70" t="b">
         <v>1</v>
       </c>
       <c r="G70" t="b">
         <v>1</v>
       </c>
       <c r="H70" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I70" t="inlineStr"/>
-[...13 lines deleted...]
-      <c r="M70" t="n">
+      <c r="I70" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J70" t="n">
+        <v>1</v>
+      </c>
+      <c r="K70" t="n">
+        <v>0</v>
+      </c>
+      <c r="L70" t="inlineStr"/>
+      <c r="M70" t="inlineStr"/>
+      <c r="N70" t="inlineStr"/>
+      <c r="O70" t="inlineStr"/>
+      <c r="P70" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q70" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>Michael Garcia</t>
+          <t>Brooke Anderson</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>2023-12-22</t>
-[...5 lines deleted...]
-      <c r="D71" t="inlineStr"/>
+          <t>Reviewed in the United States on October 22, 2025</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>Who knew</t>
+        </is>
+      </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>I saw this and had to try. Got it overnight and the smell, color , makes me feel so very fresh. As you can tell i have already have used it.</t>
         </is>
       </c>
       <c r="F71" t="b">
         <v>1</v>
       </c>
       <c r="G71" t="b">
         <v>1</v>
       </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I71" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>4</v>
+      <c r="I71" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J71" t="n">
+        <v>0</v>
+      </c>
+      <c r="K71" t="n">
+        <v>0</v>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr"/>
+      <c r="N71" t="inlineStr"/>
+      <c r="O71" t="inlineStr"/>
+      <c r="P71" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q71" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>James Smith</t>
+          <t>Tim</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>2024-04-02</t>
-[...5 lines deleted...]
-      <c r="D72" t="inlineStr"/>
+          <t>Reviewed in the United States on August 4, 2025</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>Good body wash</t>
+        </is>
+      </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>Body wash felt great just disappointed that the pump was broken upon delivery.</t>
         </is>
       </c>
       <c r="F72" t="b">
         <v>1</v>
       </c>
       <c r="G72" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>9</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J72" t="n">
+        <v>-0.8416</v>
+      </c>
+      <c r="K72" t="n">
+        <v>-0.8416</v>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr"/>
+      <c r="N72" t="inlineStr"/>
+      <c r="O72" t="inlineStr"/>
+      <c r="P72" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q72" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>Sarah Garcia</t>
+          <t>KelCee</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>2024-02-26</t>
-[...5 lines deleted...]
-      <c r="D73" t="inlineStr"/>
+          <t>Reviewed in the United States on November 4, 2025</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>Perfect body wash</t>
+        </is>
+      </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>Moisturizing. Smells amazing. Give you a tingly feeling on your body! I love the tea tree because it has so many benefits!</t>
         </is>
       </c>
       <c r="F73" t="b">
         <v>1</v>
       </c>
       <c r="G73" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>2</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I73" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J73" t="n">
+        <v>1</v>
+      </c>
+      <c r="K73" t="inlineStr"/>
+      <c r="L73" t="inlineStr"/>
+      <c r="M73" t="inlineStr"/>
+      <c r="N73" t="inlineStr"/>
+      <c r="O73" t="inlineStr"/>
+      <c r="P73" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q73" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>John Williams</t>
+          <t>MAC</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
-[...5 lines deleted...]
-      <c r="D74" t="inlineStr"/>
+          <t>Reviewed in the United States on August 13, 2025</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>Mild smell is pretty good</t>
+        </is>
+      </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>Nice smell of tea tree.</t>
         </is>
       </c>
       <c r="F74" t="b">
         <v>1</v>
       </c>
       <c r="G74" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H74" t="inlineStr">
         <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I74" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I74" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>4</v>
+      <c r="J74" t="n">
+        <v>0</v>
+      </c>
+      <c r="K74" t="inlineStr"/>
+      <c r="L74" t="inlineStr"/>
+      <c r="M74" t="inlineStr"/>
+      <c r="N74" t="inlineStr"/>
+      <c r="O74" t="inlineStr"/>
+      <c r="P74" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q74" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>James Smith</t>
+          <t>Sylvia Faggen</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>2023-02-08</t>
-[...5 lines deleted...]
-      <c r="D75" t="inlineStr"/>
+          <t>Reviewed in the United States on November 8, 2025</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>It's a no from me.</t>
+        </is>
+      </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>This feels like it is cheaply made. The scent and the way it leaves my skin feeling gross. Like a film on it.</t>
         </is>
       </c>
       <c r="F75" t="b">
         <v>1</v>
       </c>
       <c r="G75" t="b">
         <v>0</v>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>4</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I75" t="inlineStr">
+        <is>
+          <t>disgust</t>
+        </is>
+      </c>
+      <c r="J75" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K75" t="inlineStr"/>
+      <c r="L75" t="inlineStr"/>
+      <c r="M75" t="inlineStr"/>
+      <c r="N75" t="inlineStr"/>
+      <c r="O75" t="inlineStr"/>
+      <c r="P75" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q75" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>Robert Garcia</t>
+          <t>Kalease</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>2024-02-19</t>
-[...5 lines deleted...]
-      <c r="D76" t="inlineStr"/>
+          <t>Reviewed in the United States on November 10, 2025</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>Smells good af</t>
+        </is>
+      </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>I have the vanilla scent and it smells like vanilla 28 I love it</t>
         </is>
       </c>
       <c r="F76" t="b">
         <v>1</v>
       </c>
       <c r="G76" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I76" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>19</v>
+      <c r="I76" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J76" t="n">
+        <v>1</v>
+      </c>
+      <c r="K76" t="inlineStr"/>
+      <c r="L76" t="inlineStr"/>
+      <c r="M76" t="inlineStr"/>
+      <c r="N76" t="inlineStr"/>
+      <c r="O76" t="inlineStr"/>
+      <c r="P76" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q76" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>James Brown</t>
+          <t>Bargainhunterx</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>2023-03-28</t>
-[...5 lines deleted...]
-      <c r="D77" t="inlineStr"/>
+          <t>Reviewed in the United States on June 22, 2023</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>Worked faster than expected</t>
+        </is>
+      </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>I thought I would give this product a try, mainly because it was on Amazon and would arrive by 7:00 AM the next morning, instead of grabbing another OTC item from my local drug store. I tried it for the first time this morning and it leaves you feeling clean and refreshed. The tea tree oil and peppermint are not overpowering. I’ve had other products, in particular tea tree oil lotions, that were much stronger than this product. However, I do recommend using this product and then using your regular body wash if you’re heading straight out; otherwise, this might clash with any cologne or perfumes you’re using. One great side effect; my entire upstairs smells like a spa.
+So it’s been 9 hours since I used the product and the primary reason I ordered it was for a rash on my hand. The rash has slightly diminished in size and I have not experienced any itching throughout the day. I will update the review if that changes. Overall, I think it’s a great value at the price. It does just as well as some of the stinky, chemical-laden OTC options for only a few dollars more. As for some of the reviews that state this is not antifungal, they may need to actually Google the term to understand what it means and what the expectations are for this product. Tea tree oil and peppermint oil are naturally antifungal, so this is an antifungal product. Will it work on everything? No. There may be some things that you have from bug bites to other types of rashes where this may not work, but the same can be said for most products.</t>
         </is>
       </c>
       <c r="F77" t="b">
         <v>1</v>
       </c>
       <c r="G77" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H77" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>25</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I77" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J77" t="n">
+        <v>-0.2894</v>
+      </c>
+      <c r="K77" t="n">
+        <v>0</v>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr"/>
+      <c r="N77" t="inlineStr"/>
+      <c r="O77" t="inlineStr"/>
+      <c r="P77" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q77" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>David Davis</t>
+          <t>Aldona W.</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>2023-06-18</t>
-[...5 lines deleted...]
-      <c r="D78" t="inlineStr"/>
+          <t>Reviewed in the United States on November 25, 2025</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>Lovin' it</t>
+        </is>
+      </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>Refreshing.</t>
         </is>
       </c>
       <c r="F78" t="b">
         <v>1</v>
       </c>
       <c r="G78" t="b">
         <v>0</v>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I78" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J78" t="n">
+        <v>0</v>
+      </c>
+      <c r="K78" t="inlineStr"/>
+      <c r="L78" t="inlineStr"/>
+      <c r="M78" t="inlineStr"/>
+      <c r="N78" t="inlineStr"/>
+      <c r="O78" t="inlineStr"/>
+      <c r="P78" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q78" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>Patricia Miller</t>
+          <t>Gail Douttiel</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>2024-10-03</t>
-[...5 lines deleted...]
-      <c r="D79" t="inlineStr"/>
+          <t>Reviewed in the United States on July 9, 2025</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>Best body was to relieve itching. So glad I tried it!</t>
+        </is>
+      </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>I cannot say enough post things about this product. I had been to the doctor and received the prescription anti-fungal cream along with the steroid cream. While they helped they just did not relieve the itching nor stop the spread of the rash. I saw this on Amazon and thought I’d give it a try. I’m so glad I did. It’s the first nights sleep I’ve had in over a week. The itching was gone! Of course I used it again this morning for my morning shower. I would recommend this to anyone who an itchy skin and not finding relief.</t>
         </is>
       </c>
       <c r="F79" t="b">
         <v>1</v>
       </c>
       <c r="G79" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I79" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>8</v>
+      <c r="I79" t="inlineStr">
+        <is>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="J79" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K79" t="inlineStr"/>
+      <c r="L79" t="inlineStr"/>
+      <c r="M79" t="inlineStr"/>
+      <c r="N79" t="inlineStr"/>
+      <c r="O79" t="inlineStr"/>
+      <c r="P79" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q79" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>Patricia Jones</t>
+          <t>Renee M. Willimas</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>2023-11-10</t>
-[...5 lines deleted...]
-      <c r="D80" t="inlineStr"/>
+          <t>Reviewed in the United States on September 14, 2025</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>Great for my "outdoor" itchy skin.</t>
+        </is>
+      </c>
       <c r="E80" t="inlineStr">
         <is>
-          <t>Clean bottle design with a small cap that is easy to use. The large container holds plenty of detergent.</t>
+          <t>I only use it after I've been in the flowers/weeds outside, takes out the itch. Not a fan of Tea Tree Oil (but I knew that going in) but the benefit against the itching I get outdoors makes it worth it. Nice pump bottle and good price for the size.</t>
         </is>
       </c>
       <c r="F80" t="b">
         <v>1</v>
       </c>
       <c r="G80" t="b">
         <v>1</v>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I80" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>25</v>
+      <c r="I80" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J80" t="n">
+        <v>-0.7091</v>
+      </c>
+      <c r="K80" t="n">
+        <v>1</v>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr"/>
+      <c r="N80" t="inlineStr"/>
+      <c r="O80" t="inlineStr"/>
+      <c r="P80" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q80" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>Lisa Davis</t>
+          <t>ruvim zaychik</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>2023-12-02</t>
-[...5 lines deleted...]
-      <c r="D81" t="inlineStr"/>
+          <t>Reviewed in the United States on September 29, 2025</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>Body wash that works !</t>
+        </is>
+      </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>Great product !! 5 star cause it does what it says it will do . On 2nd day red spots on stomach gone. I didn’t no if it was fungus or psoriasis . Product smells like tea tree very pleasant .</t>
         </is>
       </c>
       <c r="F81" t="b">
         <v>1</v>
       </c>
       <c r="G81" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>17</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I81" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J81" t="n">
+        <v>1</v>
+      </c>
+      <c r="K81" t="inlineStr"/>
+      <c r="L81" t="inlineStr"/>
+      <c r="M81" t="inlineStr"/>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/ruvim_zaychik_review81_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O81" t="inlineStr"/>
+      <c r="P81" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q81" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>Robert Brown</t>
+          <t>Tfall</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>2024-02-09</t>
-[...5 lines deleted...]
-      <c r="D82" t="inlineStr"/>
+          <t>Reviewed in the United States on November 7, 2025</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>Gentle skin cleanser</t>
+        </is>
+      </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Love this to wash with. Very gentle on the skin. Smells very good.</t>
         </is>
       </c>
       <c r="F82" t="b">
         <v>1</v>
       </c>
       <c r="G82" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I82" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J82" t="n">
+        <v>1</v>
+      </c>
+      <c r="K82" t="inlineStr"/>
+      <c r="L82" t="inlineStr"/>
+      <c r="M82" t="inlineStr"/>
+      <c r="N82" t="inlineStr"/>
+      <c r="O82" t="inlineStr"/>
+      <c r="P82" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q82" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>James Smith</t>
+          <t>elie i aoun</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>2023-07-17</t>
-[...5 lines deleted...]
-      <c r="D83" t="inlineStr"/>
+          <t>Reviewed in the United States on November 18, 2025</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>Great</t>
+        </is>
+      </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>Perfect everyday use</t>
         </is>
       </c>
       <c r="F83" t="b">
         <v>1</v>
       </c>
       <c r="G83" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I83" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J83" t="n">
+        <v>1</v>
+      </c>
+      <c r="K83" t="inlineStr"/>
+      <c r="L83" t="inlineStr"/>
+      <c r="M83" t="inlineStr"/>
+      <c r="N83" t="inlineStr"/>
+      <c r="O83" t="inlineStr"/>
+      <c r="P83" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q83" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>John Rodriguez</t>
+          <t>Wayne M</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>2023-06-18</t>
-[...5 lines deleted...]
-      <c r="D84" t="inlineStr"/>
+          <t>Reviewed in the United States on September 6, 2025</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>House with itching.</t>
+        </is>
+      </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>Eric, how do I use this product for a shower because of itching. It also helps with bacteria and other things as well. I like this product because it takes care of the grease and Graham and makes you tingle all over her and house with the itching like I said</t>
         </is>
       </c>
       <c r="F84" t="b">
         <v>1</v>
       </c>
       <c r="G84" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H84" t="inlineStr">
         <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I84" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>4</v>
+      <c r="J84" t="n">
+        <v>0</v>
+      </c>
+      <c r="K84" t="inlineStr"/>
+      <c r="L84" t="inlineStr"/>
+      <c r="M84" t="inlineStr"/>
+      <c r="N84" t="inlineStr"/>
+      <c r="O84" t="inlineStr"/>
+      <c r="P84" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q84" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>James Rodriguez</t>
+          <t>Caridad montero</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>2024-03-20</t>
-[...5 lines deleted...]
-      <c r="D85" t="inlineStr"/>
+          <t>Reviewed in the United States on September 9, 2025</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>y. A little goes a long way, so the bottle lasts quite a while.</t>
+        </is>
+      </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>I absolutely love this tea tree body wash! The scent is refreshing and not overpowering, leaving me feeling clean and revitalized after every shower. It has a soothing effect on my skin, especially when I feel any irritation, and I’ve noticed it helps keep my skin balanced and healthy.</t>
         </is>
       </c>
       <c r="F85" t="b">
         <v>1</v>
       </c>
       <c r="G85" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I85" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J85" t="n">
+        <v>1</v>
+      </c>
+      <c r="K85" t="n">
+        <v>0</v>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr"/>
+      <c r="N85" t="inlineStr"/>
+      <c r="O85" t="inlineStr"/>
+      <c r="P85" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q85" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>Sarah Martinez</t>
+          <t>Daniel</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>2024-05-21</t>
-[...5 lines deleted...]
-      <c r="D86" t="inlineStr"/>
+          <t>Reviewed in the United States on May 30, 2025</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>I wouldn't recommend using this product everyday.</t>
+        </is>
+      </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>This product dried out my skin, but it does work well at preventing body odor. I will only use it on my feet since it' is very effective at eliminating bad foot odor. This product does smell very nice though.</t>
         </is>
       </c>
       <c r="F86" t="b">
         <v>1</v>
       </c>
       <c r="G86" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I86" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>30</v>
+      <c r="I86" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J86" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K86" t="inlineStr"/>
+      <c r="L86" t="inlineStr"/>
+      <c r="M86" t="inlineStr"/>
+      <c r="N86" t="inlineStr"/>
+      <c r="O86" t="inlineStr"/>
+      <c r="P86" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q86" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>David Smith</t>
+          <t>Marianne zeigler</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>2024-06-14</t>
-[...5 lines deleted...]
-      <c r="D87" t="inlineStr"/>
+          <t>Reviewed in the United States on November 9, 2025</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>It has worked well for me I ordered another one</t>
+        </is>
+      </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Works great on skin irritation especially feet</t>
         </is>
       </c>
       <c r="F87" t="b">
         <v>1</v>
       </c>
       <c r="G87" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I87" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I87" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J87" t="n">
+        <v>1</v>
+      </c>
+      <c r="K87" t="inlineStr"/>
+      <c r="L87" t="inlineStr"/>
+      <c r="M87" t="inlineStr"/>
+      <c r="N87" t="inlineStr"/>
+      <c r="O87" t="inlineStr"/>
+      <c r="P87" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q87" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>Robert Jones</t>
+          <t>Violet K</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>2024-04-08</t>
-[...5 lines deleted...]
-      <c r="D88" t="inlineStr"/>
+          <t>Reviewed in the United States on July 7, 2025</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>Refreshing and reliable</t>
+        </is>
+      </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>As someone who works in healthcare, I’m constantly washing up and wanted a body wash that’s both effective and gentle. This one checks all the boxes. The tea tree and peppermint give it a refreshing, clean scent that makes you feel truly fresh after a long shift. It lathers up nicely, rinses clean, and hasn’t irritated my sensitive skin at all. I also really appreciate that it’s paraben-free and made without harsh chemicals. It feels high quality and gives a spa like vibe without the price tag. Definitely a staple in my shower routine now!</t>
         </is>
       </c>
       <c r="F88" t="b">
         <v>1</v>
       </c>
       <c r="G88" t="b">
         <v>1</v>
       </c>
       <c r="H88" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>9</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>appreciation</t>
+        </is>
+      </c>
+      <c r="J88" t="n">
+        <v>1</v>
+      </c>
+      <c r="K88" t="n">
+        <v>0</v>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr"/>
+      <c r="N88" t="inlineStr"/>
+      <c r="O88" t="inlineStr"/>
+      <c r="P88" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q88" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>Robert Davis</t>
+          <t>Larry McCullen</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>2024-12-16</t>
-[...5 lines deleted...]
-      <c r="D89" t="inlineStr"/>
+          <t>Reviewed in the United States on April 1, 2020</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>Works well as antibacterial soap</t>
+        </is>
+      </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>I do hard physical work outside in the heat and sweat like a hog when it is hot outside. I have to use antibacterial soap in the hotter months so I don't develop armpit stench or crotch stench.
+I am not thrilled about the antibacterial chemicals that are in Dial antibacterial soap so started adding tea tree oil to my body wash.
+I saw this product on Amazon and gave it a try. I love that this soap doesn't have any chemicals in it.
+It is all natural !
+You can read the list of ingredients in the product info.
+I absolutely love this body wash.
+It has natural oils in it and does not dry my skin out at all.
+It does smell strongly of tea tree oil , so may take a little getting use to if you are use to using soap that is loaded with perfume scents.
+This soap kills bacteria very well and I can make it through a long day at work without stinking at all.
+I do not use antiperspirant or deodorant so antibacterial soap is very important to me.
+I tried the original scent and really like it a lot. So much in fact that I ordered more.
+This time I ordered the mint scent to see whether I like that scent any better. Both products have the same ingredients other than extra mint oil in the mint version of this product.
+I see some of the reviews complaining about the scent. Those people in my opinion are clueless , and must be use to body wash that has a list of ingredients three pages long , containing words that only a chemist could pronounce.
+This does not smell pretty or like perfume. It smells a lot like tea tree oil.
+If you don't care about using natural products , and are use to using soaps loaded with chemicals and perfume scents , you may not like this soap.
+It does not smell bad and leaves your skin smelling clean. It does not leave your skin smelling like you took a bath in aftershave or perfume though.
+I highly recommend this product if you want to use a natural body wash that leaves you smelling clean for a full day after bathing.</t>
         </is>
       </c>
       <c r="F89" t="b">
         <v>1</v>
       </c>
       <c r="G89" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H89" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I89" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>21</v>
+      <c r="I89" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J89" t="n">
+        <v>1</v>
+      </c>
+      <c r="K89" t="n">
+        <v>0</v>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr"/>
+      <c r="N89" t="inlineStr"/>
+      <c r="O89" t="inlineStr"/>
+      <c r="P89" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q89" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>David Brown</t>
+          <t>Catalina</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>2023-02-14</t>
-[...5 lines deleted...]
-      <c r="D90" t="inlineStr"/>
+          <t>Reviewed in the United States on July 8, 2025</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>Smells good and gets you clean</t>
+        </is>
+      </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>I bought this last year because I was sweating so much at work I was getting body acne and yeast infection between my ladies up top. I would sweat right through bra liners. I got this because I read tea tree oil body wash is better at killing bacteria and there's good reviews about it smelling good. They are right it smells good and you get nice and clean to avoid skin issues. I bought another bottle before I finished my current 1 because it was on sale for prime day and I want to keep using it.</t>
         </is>
       </c>
       <c r="F90" t="b">
         <v>1</v>
       </c>
       <c r="G90" t="b">
         <v>1</v>
       </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I90" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>18</v>
+      <c r="I90" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J90" t="n">
+        <v>1</v>
+      </c>
+      <c r="K90" t="n">
+        <v>0</v>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr"/>
+      <c r="N90" t="inlineStr"/>
+      <c r="O90" t="inlineStr"/>
+      <c r="P90" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q90" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>Patricia Smith</t>
+          <t>Sabrina</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>2023-07-27</t>
-[...5 lines deleted...]
-      <c r="D91" t="inlineStr"/>
+          <t>Reviewed in the United States on June 21, 2024</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>Have to use about an inch worth of product for the pump to work</t>
+        </is>
+      </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Pros:
+Smells amazing
+Works great for blue collar workers
+Reduces smell of sweat when working in a blue collar job
+No burning or itchiness
+Moisturizes my skin
+Gets you very clean
+Great quality for what you get
+Easy to use AFTER you use about an inch of product from the bottle
+Cons:
+The pump doesn’t work well until there’s been about a inch of product used from the bottle
+The price per overall ounces you get in the bottle- the product itself is great, it’s just the amount per dollar that’s a little pricey in comparison to drugstore body wash
+Doesn’t come in a bigger size
+The bottle itself
+This is great at reducing dust and dirt clogging your pores if you’re a blue collar worker. I think it smells lovely, it’s not too overpowering and you smell clean all day. As for the effects on skin; it helps reduce acne or contact dermatitis caused by sweating and dust buildup. My recommendation: unscrew the pump portion and use a fair bit then screw the pump back on. Works easiest for me that way. This product works great if you use it to double cleanse. Use it as the first step then a different body wash if you want a different smell.</t>
         </is>
       </c>
       <c r="F91" t="b">
         <v>1</v>
       </c>
       <c r="G91" t="b">
         <v>1</v>
       </c>
       <c r="H91" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I91" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I91" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J91" t="n">
+        <v>1</v>
+      </c>
+      <c r="K91" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr"/>
+      <c r="N91" t="inlineStr"/>
+      <c r="O91" t="inlineStr"/>
+      <c r="P91" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q91" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>John Brown</t>
+          <t>Jojo</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>2023-10-28</t>
-[...10 lines deleted...]
-      </c>
+          <t>Reviewed in the United States on October 26, 2025</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>Good body wash</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr"/>
       <c r="F92" t="b">
         <v>1</v>
       </c>
       <c r="G92" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H92" t="inlineStr">
         <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I92" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>18</v>
+      <c r="I92" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J92" t="n">
+        <v>0</v>
+      </c>
+      <c r="K92" t="inlineStr"/>
+      <c r="L92" t="inlineStr"/>
+      <c r="M92" t="inlineStr"/>
+      <c r="N92" t="inlineStr"/>
+      <c r="O92" t="inlineStr"/>
+      <c r="P92" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q92" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>Sarah Jones</t>
+          <t>Lisa G</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>2024-12-08</t>
-[...5 lines deleted...]
-      <c r="D93" t="inlineStr"/>
+          <t>Reviewed in the United States on July 16, 2025</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>Great in the shower!!</t>
+        </is>
+      </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>I love this stuff. I've been using for two years now, and decided to write this review. It's not foamy ar all, but it cleans great. I use it every other day so as not to dry out my skin. I like the scent, although my roommate thinks it's smells like Raid (the bug spray lol). This leaves me feeling refreshed and I'm confident that I'm clean, especially after cool showers in the sumertime,</t>
         </is>
       </c>
       <c r="F93" t="b">
         <v>1</v>
       </c>
       <c r="G93" t="b">
         <v>1</v>
       </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>7</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I93" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J93" t="n">
+        <v>-0.5041</v>
+      </c>
+      <c r="K93" t="n">
+        <v>0</v>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr"/>
+      <c r="N93" t="inlineStr"/>
+      <c r="O93" t="inlineStr"/>
+      <c r="P93" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q93" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>Michael Rodriguez</t>
+          <t>twinklecrush</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>2024-09-23</t>
-[...5 lines deleted...]
-      <c r="D94" t="inlineStr"/>
+          <t>Reviewed in the United States on April 5, 2025</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>Great product but poor packaging</t>
+        </is>
+      </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Verified consumer and I have bought this body wash 3 times now. I love the smell and how it washes the body.
+My complaint is with the packaging. As others have posted, my latest shipment came cracked as well (see top of bottle). I did not notice it at first because thankfully the bottle was inside a tight fitting plastic wrap. I opened up the plastic seal and inspected the bottle and simply washed off all the excess body wash from the outside so my bottle is dry.
+I still plan on using it once I finish my current bottle as the bottle itself is still intact. If the pump is broken I will transfer the contents to previous bottle. It would be 5 stars if the product had some protective bubble wrap or paper around it.</t>
         </is>
       </c>
       <c r="F94" t="b">
         <v>1</v>
       </c>
       <c r="G94" t="b">
         <v>1</v>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I94" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J94" t="n">
+        <v>-0.6452</v>
+      </c>
+      <c r="K94" t="n">
+        <v>-0.1429</v>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr"/>
+      <c r="N94" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/twinklecrush_review114_img1.jpg%2C%20twinklecrush_review114_img2.jpg</t>
+        </is>
+      </c>
+      <c r="O94" t="inlineStr"/>
+      <c r="P94" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q94" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>David Martinez</t>
+          <t>Mayzio</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>2023-03-11</t>
-[...5 lines deleted...]
-      <c r="D95" t="inlineStr"/>
+          <t>Reviewed in the United States on November 10, 2024</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>Not as Best but not Bad Either 3/5</t>
+        </is>
+      </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>It's okay the package arrived undamaged. No issues with the pump but the get itself just isn't as good my go-to NY Biology. Which has more Tea Tree oil (smells nicer) antifungle and moisturizing properties. This might be better If you prefer a lighter scent. I would say the quality is mediocre. It's easy to use just a couple pumps on a loofah or washcloth. Skin feel &amp; quality are both average I bought this a couple time before trying different brands. Initially I wanted more tea tree oil smell but it was good enough to buy a 2nd time. But as soon as i tried NY Biology that became my brand. I would rank this 4th overall. At least of those I've tried so far. I wouldn't say this is bad but found the others I tried, provided better results. And I really like the smell of Tea Tree Oil.
+Tea Tree Body Wash Ranked (based on personal experience/preference) Remedy &amp; This (Botanic Hearth) have the most mild formulations and smell overall. For people who prefer a lighter scent this might provide a betrer experience. Personally I'd rate this 3/5
+#1 New York Biology
+#2 Paul Mitchell
+#3 Remedy
+#4 Botanic Hearth</t>
         </is>
       </c>
       <c r="F95" t="b">
         <v>1</v>
       </c>
       <c r="G95" t="b">
         <v>1</v>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>positive</t>
-[...16 lines deleted...]
-      <c r="M95" t="n">
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I95" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J95" t="n">
+        <v>-0.4534</v>
+      </c>
+      <c r="K95" t="n">
+        <v>0</v>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr"/>
+      <c r="N95" t="inlineStr"/>
+      <c r="O95" t="inlineStr"/>
+      <c r="P95" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q95" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>Lisa Smith</t>
+          <t>Latoya</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>2023-10-03</t>
-[...5 lines deleted...]
-      <c r="D96" t="inlineStr"/>
+          <t>Reviewed in the United States on October 20, 2025</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>Not the size I expected!</t>
+        </is>
+      </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>Excellent product; however, I was very disappointed in the size, as it was smaller than what was advertised.</t>
         </is>
       </c>
       <c r="F96" t="b">
         <v>1</v>
       </c>
       <c r="G96" t="b">
         <v>1</v>
       </c>
       <c r="H96" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I96" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>20</v>
+      <c r="I96" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J96" t="n">
+        <v>-0.4118</v>
+      </c>
+      <c r="K96" t="n">
+        <v>0</v>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr"/>
+      <c r="N96" t="inlineStr"/>
+      <c r="O96" t="inlineStr"/>
+      <c r="P96" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q96" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>Maria Garcia</t>
+          <t>vv</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>2024-08-28</t>
-[...5 lines deleted...]
-      <c r="D97" t="inlineStr"/>
+          <t>Reviewed in the United States on July 19, 2025</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>good smell and good price</t>
+        </is>
+      </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>good smell</t>
         </is>
       </c>
       <c r="F97" t="b">
         <v>1</v>
       </c>
       <c r="G97" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H97" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I97" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>7</v>
+      <c r="I97" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J97" t="n">
+        <v>1</v>
+      </c>
+      <c r="K97" t="inlineStr"/>
+      <c r="L97" t="inlineStr"/>
+      <c r="M97" t="inlineStr"/>
+      <c r="N97" t="inlineStr"/>
+      <c r="O97" t="inlineStr"/>
+      <c r="P97" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q97" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>Sarah Jones</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
-[...5 lines deleted...]
-      <c r="D98" t="inlineStr"/>
+          <t>Reviewed in the United States on August 29, 2025</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>A Must Have!</t>
+        </is>
+      </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>This product is amazing! I ran out of tea tree body wash that I purchased from my esthetician and I needed more. I don't believe that I'll be using regular bar soap anymore. It lathers well and leaves a hydrating feel.</t>
         </is>
       </c>
       <c r="F98" t="b">
         <v>1</v>
       </c>
       <c r="G98" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H98" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I98" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>25</v>
+      <c r="I98" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J98" t="n">
+        <v>1</v>
+      </c>
+      <c r="K98" t="inlineStr"/>
+      <c r="L98" t="inlineStr"/>
+      <c r="M98" t="inlineStr"/>
+      <c r="N98" t="inlineStr"/>
+      <c r="O98" t="inlineStr"/>
+      <c r="P98" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q98" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>John Smith</t>
+          <t>Roxane</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>2023-04-03</t>
-[...5 lines deleted...]
-      <c r="D99" t="inlineStr"/>
+          <t>Reviewed in the United States on June 29, 2025</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>Worth it</t>
+        </is>
+      </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>Smells nice I am refreshed after using doesn’t irritate my skin</t>
         </is>
       </c>
       <c r="F99" t="b">
         <v>1</v>
       </c>
       <c r="G99" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I99" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>21</v>
+      <c r="I99" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J99" t="n">
+        <v>0</v>
+      </c>
+      <c r="K99" t="inlineStr"/>
+      <c r="L99" t="inlineStr"/>
+      <c r="M99" t="inlineStr"/>
+      <c r="N99" t="inlineStr"/>
+      <c r="O99" t="inlineStr"/>
+      <c r="P99" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q99" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>David Miller</t>
+          <t>chris</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>2024-05-02</t>
-[...5 lines deleted...]
-      <c r="D100" t="inlineStr"/>
+          <t>Reviewed in the United States on November 29, 2023</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>COUNTERFEIT PRODUCT</t>
+        </is>
+      </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>I purchased this same item twice in the past and it was made in USA with pretty normal sounding ingredients. The latest order I received had a different bottle with the same logo and name, but the product is made in India and every single ingredient on the back is different than the original formula, now full of a bunch of harsh chemicals. Buyer beware.</t>
         </is>
       </c>
       <c r="F100" t="b">
         <v>1</v>
       </c>
       <c r="G100" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I100" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>5</v>
+      <c r="I100" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J100" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K100" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>logo</t>
+        </is>
+      </c>
+      <c r="N100" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/chris_review0_img1.jpg%2C%20chris_review0_img2.jpg%2C%20chris_review0_img3.jpg%2C%20chris_review0_img4.jpg</t>
+        </is>
+      </c>
+      <c r="O100" t="inlineStr"/>
+      <c r="P100" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q100" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>James Brown</t>
+          <t>Robin</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>2023-05-28</t>
-[...5 lines deleted...]
-      <c r="D101" t="inlineStr"/>
+          <t>Reviewed in the United States on June 14, 2025</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>Not good</t>
+        </is>
+      </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>I was hoping to find a natural body wash that smells like tea tree oil and mint. This was NOT it. This product smells like wood chips in plastic. I wonder if my product is expired or sat in the sun too long.</t>
         </is>
       </c>
       <c r="F101" t="b">
         <v>1</v>
       </c>
       <c r="G101" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H101" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>8</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I101" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J101" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K101" t="n">
+        <v>0</v>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N101" t="inlineStr"/>
+      <c r="O101" t="inlineStr"/>
+      <c r="P101" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q101" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>John Martinez</t>
+          <t>Karishma Brahmbhatt</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>2023-02-07</t>
-[...5 lines deleted...]
-      <c r="D102" t="inlineStr"/>
+          <t>Reviewed in the United States on July 30, 2021</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>Formula change</t>
+        </is>
+      </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>I bought my first bottle on June 1 and I thought I finally found my go to body wash! The scent of the tee tree oil and peppermint was invigorating and it cleaned well without drying
+I bought my 2nd bottle on July 20 and the formula was either different or expired because the tea tree and peppermint were masked by a “stale” smell.
+I’m not sure what happened but if you can go back to the original formula i would love to continue buying. If not, I’ll continue searching for my go to body wash.</t>
         </is>
       </c>
       <c r="F102" t="b">
         <v>1</v>
       </c>
       <c r="G102" t="b">
         <v>1</v>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>15</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I102" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J102" t="n">
+        <v>-0.5638</v>
+      </c>
+      <c r="K102" t="n">
+        <v>-0.1547</v>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr"/>
+      <c r="O102" t="inlineStr"/>
+      <c r="P102" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q102" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>John Brown</t>
+          <t>Mary Fishburn</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>2024-04-18</t>
-[...5 lines deleted...]
-      <c r="D103" t="inlineStr"/>
+          <t>Reviewed in the United States on May 2, 2024</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>Botanic Hearth Tea Tree Body Wash.</t>
+        </is>
+      </c>
       <c r="E103" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>The first bottle i had to send back due to seal being opened. A 2nd bottle had a completely different kind of seal, but this bottle had an expired date. I'm using it anyway and it does help with my itching skin.</t>
         </is>
       </c>
       <c r="F103" t="b">
         <v>1</v>
       </c>
       <c r="G103" t="b">
         <v>1</v>
       </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I103" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I103" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J103" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K103" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N103" t="inlineStr"/>
+      <c r="O103" t="inlineStr"/>
+      <c r="P103" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q103" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>Maria Martinez</t>
+          <t>Tee</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>2023-08-18</t>
-[...5 lines deleted...]
-      <c r="D104" t="inlineStr"/>
+          <t>Reviewed in the United States on March 6, 2020</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>Love it</t>
+        </is>
+      </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Smells great. Feel refreshed and clean after each use. Wish it came In a larger size. Arrived quickly. Has a expiration date too.</t>
         </is>
       </c>
       <c r="F104" t="b">
         <v>1</v>
       </c>
       <c r="G104" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H104" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I104" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>16</v>
+      <c r="I104" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J104" t="n">
+        <v>1</v>
+      </c>
+      <c r="K104" t="n">
+        <v>0</v>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr"/>
+      <c r="O104" t="inlineStr"/>
+      <c r="P104" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q104" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>Robert Smith</t>
+          <t>OneByOne</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>2024-11-16</t>
-[...5 lines deleted...]
-      <c r="D105" t="inlineStr"/>
+          <t>Reviewed in the United States on December 20, 2025</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>Pleasant Jasmine Scent and Gentle Cleanse</t>
+        </is>
+      </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>Botanic Hearth Jasmine Body Wash – Gentle 5-in-1 Cleansing Formula with Soothing Floral Aroma, Hydrating &amp; Sulfate Free Daily Shower Gel – 16 fl oz
+If you enjoy jasmine scents, this body wash is a great choice. The fragrance is pleasant without being overwhelming, and it cleanses the skin well while feeling gentle.
+It is made in India. I purchased this in November 2025, and the expiration date is August 2027.</t>
         </is>
       </c>
       <c r="F105" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G105" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I105" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>7</v>
+      <c r="I105" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J105" t="n">
+        <v>1</v>
+      </c>
+      <c r="K105" t="inlineStr"/>
+      <c r="L105" t="inlineStr"/>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr"/>
+      <c r="O105" t="inlineStr"/>
+      <c r="P105" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q105" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>John Rodriguez</t>
+          <t>Samantha Morán</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>2024-06-09</t>
-[...5 lines deleted...]
-      <c r="D106" t="inlineStr"/>
+          <t>Reviewed in the United States on April 9, 2025</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>Idk if it’s worth it</t>
+        </is>
+      </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>Clean bottle design with a small cap that is easy to use. The large container holds plenty of detergent.</t>
+          <t>Idk why there is two expiration dates … and the bottle came ripped open …</t>
         </is>
       </c>
       <c r="F106" t="b">
         <v>1</v>
       </c>
       <c r="G106" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>27</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I106" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J106" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K106" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Samantha_Morn_review5_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O106" t="inlineStr"/>
+      <c r="P106" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q106" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>Patricia Smith</t>
+          <t>CAOcampo</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>2023-04-28</t>
-[...5 lines deleted...]
-      <c r="D107" t="inlineStr"/>
+          <t>Reviewed in the United States on May 13, 2024</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>Expired</t>
+        </is>
+      </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Be sure to check the label on the bottle. It's states please use 24 months before manfactory date. I purchased March 2024. It is stamped September 2023. Too late to return.</t>
         </is>
       </c>
       <c r="F107" t="b">
         <v>1</v>
       </c>
       <c r="G107" t="b">
         <v>1</v>
       </c>
       <c r="H107" t="inlineStr">
         <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I107" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I107" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>18</v>
+      <c r="J107" t="n">
+        <v>0</v>
+      </c>
+      <c r="K107" t="n">
+        <v>0</v>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr"/>
+      <c r="O107" t="inlineStr"/>
+      <c r="P107" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q107" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>John Miller</t>
+          <t>Michelle</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>2024-07-25</t>
-[...5 lines deleted...]
-      <c r="D108" t="inlineStr"/>
+          <t>Reviewed in the United States on February 1, 2024</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>Received a expired one</t>
+        </is>
+      </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Was really looking forward to use this but didn’t even get to because I was disappointed to find out that I received an expired one (9/2023). Not only that it wasn’t sealed the pump part was missing.</t>
         </is>
       </c>
       <c r="F108" t="b">
         <v>1</v>
       </c>
       <c r="G108" t="b">
         <v>1</v>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>25</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I108" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J108" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K108" t="n">
+        <v>0</v>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N108" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Michelle_review7_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O108" t="inlineStr"/>
+      <c r="P108" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q108" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>Michael Johnson</t>
+          <t>JRR</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>2024-03-13</t>
-[...5 lines deleted...]
-      <c r="D109" t="inlineStr"/>
+          <t>Reviewed in the United States on October 14, 2023</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>This date of expiration is past. I received it October 13th, 2023.</t>
+        </is>
+      </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Expiration date is unacceptable.</t>
         </is>
       </c>
       <c r="F109" t="b">
         <v>1</v>
       </c>
       <c r="G109" t="b">
         <v>1</v>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>positive</t>
-[...16 lines deleted...]
-      <c r="M109" t="n">
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I109" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J109" t="n">
+        <v>0</v>
+      </c>
+      <c r="K109" t="n">
+        <v>0</v>
+      </c>
+      <c r="L109" t="inlineStr"/>
+      <c r="M109" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr"/>
+      <c r="O109" t="inlineStr"/>
+      <c r="P109" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q109" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>Maria Miller</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>2023-12-18</t>
-[...5 lines deleted...]
-      <c r="D110" t="inlineStr"/>
+          <t>Reviewed in the United States on February 25, 2024</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>Terrible</t>
+        </is>
+      </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>I received this item. It is expired from 10/23. It also looks like someone has used both bottles I bought. Never again.</t>
         </is>
       </c>
       <c r="F110" t="b">
         <v>1</v>
       </c>
       <c r="G110" t="b">
         <v>1</v>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>25</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I110" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J110" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K110" t="n">
+        <v>0</v>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>expiration</t>
+        </is>
+      </c>
+      <c r="N110" t="inlineStr"/>
+      <c r="O110" t="inlineStr"/>
+      <c r="P110" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q110" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>Robert Jones</t>
+          <t>4what-it’s-worth</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>2023-12-21</t>
-[...5 lines deleted...]
-      <c r="D111" t="inlineStr"/>
+          <t>Reviewed in the United States on March 11, 2022</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>What a colossal mess this was received in</t>
+        </is>
+      </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>I like tea tree products for the most part, the scent not so much.
+This plastic bottled wash came with other items I ordered in the same box. I have no problem with shipping items together normally, but this time I do.
+The inside of the box was a bit moist but not the outside which was odd. Because I’ve used tea tree products in the past, I know they are always with an aluminum seal on top, and those are usually hard to get off. I always have to use something to punch a hole in them to help get them off the tops.
+The tea tree body wash was in a bubble wrap envelope with a fold over flap. I didn’t bother to take it out of it for a few days as I had other wash that I wash finishing up using. However; when I went to get the wash out the wrapping, the bottle was lighter than it should have been, then inside of the bubble wrap was filmy like, and when I lifted the bottle to the light, a good portion of the wash was missing from the bottle.
+The outside of the bottle was slippery!! As in slide right out of your hand slippery. Thank goodness I was standing over the sink when it fell out of my hands!
+I opened the bottle to replace lid with provided pump, and that’s when I noticed the aluminum seal was not on top of the bottle. It was stuck in the lid! A little bit of glue looking substance was all that was left at the mouth of the opening.
+My thoughts are that that’s why: 1. The inside of the box was moist, 2. That accounts for a good portion of the wash being absent from bottle, 3. The filmy like bubble wrap.
+Am I disappointed? Yes! At the same time, I’m glad the bottle wasn’t glass when it slipped out of my hand.
+I even thought about returning this mess, but I don’t want the hassle of finding another box and repackaging it. I’ll just use what’s left and hope I can find more somewhere more closer to home.
+Lesson learned here: ALWAYS CHECK YOUR DELIVERED GOODS RIGHT AWAY, AND DONT THROW AWAY THE BOX UNTIL YOU take photos of everything!!!</t>
         </is>
       </c>
       <c r="F111" t="b">
         <v>1</v>
       </c>
       <c r="G111" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>26</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I111" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J111" t="n">
+        <v>-0.7272</v>
+      </c>
+      <c r="K111" t="n">
+        <v>-0.122</v>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr">
+        <is>
+          <t>envelope</t>
+        </is>
+      </c>
+      <c r="N111" t="inlineStr"/>
+      <c r="O111" t="inlineStr"/>
+      <c r="P111" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q111" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>Maria Garcia</t>
+          <t>KiMuneca</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>2024-06-14</t>
-[...5 lines deleted...]
-      <c r="D112" t="inlineStr"/>
+          <t>Reviewed in the United States on August 19, 2020</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>Good God, what happened to it?!</t>
+        </is>
+      </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>I ordered this for the first time months ago, because I live in a hot climate, and had recurring jock itch while I was pregnant. I used creams, but they only worked temporarily before it was back again. Nothing worked. I saw this tea tree oil soap that claimed to help treat jock itch. GREAT. It quickly arrived, and much to my surprise, SWEET RELIEF! The rash had gone and didn’t come back. Everything was going great until alas, I ran out. Amazon was out of the Tea tree soap, so I ordered the tea tree and mint. I didn’t like the smell as much, and it didn’t give me that tea tree tingle, but it still did the job so I was fine with it. Fast forward to the next time I ran out. Ordered a new one. This time it came with a pump already inside, unlike the twist on cap with pump included in the package in case I chose to use it. Of course a bunch of soap had spilled out in the envelope because of this... yes, they sent me a fat bottle of wash in an envelope... but that wasn’t the worst of it. Before I even opened the package there was a strange odor coming from it. God.. what is that smell? ! I open my messy, soap spilled package and it gets worse. It was putrid. HORRID even. My beloved tea tree oil soap was no longer this miracle wash that I came to appreciate so much, but a fishy smelling, stinky mess! Why the hell it smelled fishy, I could not explain, but pfeeeeew. It stinks. I am so, so very disappointed that this is NOT the same product I got in previous orders. I don’t know what they did to it, but it’s bad, and it’s going in the trash. I will never buy this product again, but at least I know that tea tree oil soap is the trick. Now I just have to find one that’s consistent. I feel like this was a bait and switch.</t>
         </is>
       </c>
       <c r="F112" t="b">
         <v>1</v>
       </c>
       <c r="G112" t="b">
         <v>1</v>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>10</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I112" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J112" t="n">
+        <v>-0.8337</v>
+      </c>
+      <c r="K112" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr">
+        <is>
+          <t>envelope</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr"/>
+      <c r="O112" t="inlineStr"/>
+      <c r="P112" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q112" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>Maria Garcia</t>
+          <t>MKM</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>2024-12-23</t>
-[...5 lines deleted...]
-      <c r="D113" t="inlineStr"/>
+          <t>Reviewed in the United States on November 23, 2020</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>Not Sure About It</t>
+        </is>
+      </c>
       <c r="E113" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>I got this because I have some skin issues and first off, when they packaged this they put it in an envelope so needless to say it was broken and leaking all over my porch. Second, the scent is your typical tea tree scent. Does seem strong but my skin never smells like tea tree so that's a plus in my opinion.
+As far as it working so all the things it claims....I don't see any changes with my skin and the issue I got it for. I do not think I would buy it again, esp because of the price. I can buy a bottle of 100% tea tree oil and use that vs this shower gel.</t>
         </is>
       </c>
       <c r="F113" t="b">
         <v>1</v>
       </c>
       <c r="G113" t="b">
         <v>1</v>
       </c>
       <c r="H113" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>7</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J113" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K113" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>envelope</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr"/>
+      <c r="O113" t="inlineStr"/>
+      <c r="P113" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q113" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>Jennifer Miller</t>
+          <t>AB</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>2024-02-15</t>
-[...5 lines deleted...]
-      <c r="D114" t="inlineStr"/>
+          <t>Reviewed in the United States on March 29, 2021</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>Change shipping procedure!</t>
+        </is>
+      </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>Okay. I love this body wash. I like the smell. It doesn’t appear to dry my skin out and it has reduced my breakouts. What I DON’T love is how Amazon chooses to ship this product. They ship it in the package envelopes and the last two ones I’ve received were leaking. Don’t ship products that can leak in a flimsy envelope, please!!</t>
         </is>
       </c>
       <c r="F114" t="b">
         <v>1</v>
       </c>
       <c r="G114" t="b">
         <v>1</v>
       </c>
       <c r="H114" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I114" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>1</v>
+      <c r="I114" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J114" t="n">
+        <v>-0.3106</v>
+      </c>
+      <c r="K114" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>envelope</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr"/>
+      <c r="O114" t="inlineStr"/>
+      <c r="P114" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q114" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>Maria Garcia</t>
+          <t>Donald Deegan</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>2024-02-01</t>
-[...5 lines deleted...]
-      <c r="D115" t="inlineStr"/>
+          <t>Reviewed in the United States on April 23, 2020</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>Product works</t>
+        </is>
+      </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>Product works as expected. The packaging sucked. Cap was broken, inner seal ripped, some of the soap leaked out. You'd think you would use something other than a padded envelope to shop a bottle.</t>
         </is>
       </c>
       <c r="F115" t="b">
         <v>1</v>
       </c>
       <c r="G115" t="b">
         <v>1</v>
       </c>
       <c r="H115" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I115" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I115" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J115" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K115" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M115" t="inlineStr">
+        <is>
+          <t>envelope</t>
+        </is>
+      </c>
+      <c r="N115" t="inlineStr"/>
+      <c r="O115" t="inlineStr"/>
+      <c r="P115" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q115" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>David Rodriguez</t>
+          <t>eac</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>2024-06-16</t>
-[...5 lines deleted...]
-      <c r="D116" t="inlineStr"/>
+          <t>Reviewed in the United States on October 12, 2020</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>Unfortunate....</t>
+        </is>
+      </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>The product came in with a broken pump and liquid soap all over and inside of the envelope.</t>
         </is>
       </c>
       <c r="F116" t="b">
         <v>1</v>
       </c>
       <c r="G116" t="b">
         <v>1</v>
       </c>
       <c r="H116" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>16</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I116" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J116" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K116" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>envelope</t>
+        </is>
+      </c>
+      <c r="N116" t="inlineStr"/>
+      <c r="O116" t="inlineStr"/>
+      <c r="P116" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q116" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>Patricia Williams</t>
+          <t>Debra Lobley</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>2024-09-14</t>
-[...5 lines deleted...]
-      <c r="D117" t="inlineStr"/>
+          <t>Reviewed in the United States on October 19, 2020</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>Use a box please...</t>
+        </is>
+      </c>
       <c r="E117" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Shipping was great but the product arrived broken. The pump snapped off inside the mailer envelope.</t>
         </is>
       </c>
       <c r="F117" t="b">
         <v>1</v>
       </c>
       <c r="G117" t="b">
         <v>1</v>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>27</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I117" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J117" t="n">
+        <v>-0.7492</v>
+      </c>
+      <c r="K117" t="n">
+        <v>-0.3746</v>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>envelope</t>
+        </is>
+      </c>
+      <c r="N117" t="inlineStr"/>
+      <c r="O117" t="inlineStr"/>
+      <c r="P117" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q117" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>Patricia Garcia</t>
+          <t>Frankie</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>2024-10-13</t>
-[...5 lines deleted...]
-      <c r="D118" t="inlineStr"/>
+          <t>Reviewed in the United States on July 5, 2020</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>Bottle arrive broken and poured out into envelope.</t>
+        </is>
+      </c>
       <c r="E118" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>I’m sure the soap is great. I’ve only used it for a few days but my bottle arrived with a broken cap and more than half the bottle was poured into the plastic envelope. Which is my only reasoning for a 1 star review.</t>
         </is>
       </c>
       <c r="F118" t="b">
         <v>1</v>
       </c>
       <c r="G118" t="b">
         <v>1</v>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>20</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I118" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J118" t="n">
+        <v>-0.8642</v>
+      </c>
+      <c r="K118" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L118" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M118" t="inlineStr">
+        <is>
+          <t>envelope</t>
+        </is>
+      </c>
+      <c r="N118" t="inlineStr"/>
+      <c r="O118" t="inlineStr"/>
+      <c r="P118" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q118" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>Jennifer Rodriguez</t>
+          <t>stephen</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>2023-08-10</t>
-[...5 lines deleted...]
-      <c r="D119" t="inlineStr"/>
+          <t>Reviewed in the United States on February 23, 2025</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>Good product</t>
+        </is>
+      </c>
       <c r="E119" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>I really like the soap. Good scent and lathers well, but it arrived with the pump broken. That seems to be a common complaint. They should fix that.</t>
         </is>
       </c>
       <c r="F119" t="b">
         <v>1</v>
       </c>
       <c r="G119" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H119" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I119" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>18</v>
+      <c r="I119" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J119" t="n">
+        <v>-0.8416</v>
+      </c>
+      <c r="K119" t="n">
+        <v>-0.8416</v>
+      </c>
+      <c r="L119" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M119" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N119" t="inlineStr"/>
+      <c r="O119" t="inlineStr"/>
+      <c r="P119" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q119" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>David Jones</t>
+          <t>Des</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>2023-05-08</t>
-[...5 lines deleted...]
-      <c r="D120" t="inlineStr"/>
+          <t>Reviewed in the United States on September 10, 2025</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>Great soap but…</t>
+        </is>
+      </c>
       <c r="E120" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>Came with a broken pump 🙁</t>
         </is>
       </c>
       <c r="F120" t="b">
         <v>1</v>
       </c>
       <c r="G120" t="b">
         <v>1</v>
       </c>
       <c r="H120" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>26</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I120" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J120" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K120" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L120" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M120" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N120" t="inlineStr"/>
+      <c r="O120" t="inlineStr"/>
+      <c r="P120" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q120" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>James Rodriguez</t>
+          <t>kevint57</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>2023-07-04</t>
-[...5 lines deleted...]
-      <c r="D121" t="inlineStr"/>
+          <t>Reviewed in the United States on October 24, 2024</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>I like the gel, but</t>
+        </is>
+      </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>I saw that someone mentioned the pump broke, was really cheap. At the time, I thought they might have been hard on it. But, I've purchased 3 bottles of it, and 2 of the pumps have broken. Haven't used the 3rd bottle yet. I'll buy again, but I purchased a good soap pump to pour it into.</t>
         </is>
       </c>
       <c r="F121" t="b">
         <v>1</v>
       </c>
       <c r="G121" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>1</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I121" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J121" t="n">
+        <v>-0.887</v>
+      </c>
+      <c r="K121" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L121" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M121" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N121" t="inlineStr"/>
+      <c r="O121" t="inlineStr"/>
+      <c r="P121" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q121" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>Robert Rodriguez</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>2024-10-18</t>
-[...5 lines deleted...]
-      <c r="D122" t="inlineStr"/>
+          <t>Reviewed in the United States on May 15, 2025</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>Wash good. Bottle top broken.</t>
+        </is>
+      </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>The wash is good.
+The bottle is crap. I couldn’t get the top to unscrew to use the pump. I had to repurpose one from another bottle to use it.</t>
         </is>
       </c>
       <c r="F122" t="b">
         <v>1</v>
       </c>
       <c r="G122" t="b">
         <v>1</v>
       </c>
       <c r="H122" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>20</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I122" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J122" t="n">
+        <v>1</v>
+      </c>
+      <c r="K122" t="n">
+        <v>0</v>
+      </c>
+      <c r="L122" t="inlineStr"/>
+      <c r="M122" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N122" t="inlineStr"/>
+      <c r="O122" t="inlineStr"/>
+      <c r="P122" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q122" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>Maria Miller</t>
+          <t>C. Carter</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>2024-02-21</t>
-[...5 lines deleted...]
-      <c r="D123" t="inlineStr"/>
+          <t>Reviewed in the United States on December 20, 2024</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>Careless Packaging - pump a waste of plastic</t>
+        </is>
+      </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>I've used this product before - like the soap. Previous bottles came with a simple snap and squeeze top - easy to use, easy to seal - this is the first one with the pump. The cap wasn't tight on the bottle, and the pump itself was broken because the packaging was just a plastic wrapper. Half of the soap was in the wrapper and bag the product came in. Like the idea of sustainable packaging, but if you're going to ship individual bottles, do better.</t>
         </is>
       </c>
       <c r="F123" t="b">
         <v>1</v>
       </c>
       <c r="G123" t="b">
         <v>1</v>
       </c>
       <c r="H123" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I123" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>15</v>
+      <c r="I123" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J123" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K123" t="n">
+        <v>-0.46</v>
+      </c>
+      <c r="L123" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M123" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N123" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/C_Carter_review7_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O123" t="inlineStr"/>
+      <c r="P123" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q123" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>Robert Jones</t>
+          <t>Marie Willis</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>2024-09-19</t>
-[...5 lines deleted...]
-      <c r="D124" t="inlineStr"/>
+          <t>Reviewed in the United States on May 2, 2024</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>Good product terrible customer service.</t>
+        </is>
+      </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>I have been ordering the body wash along with the shampoo and conditioner for several years. I have it on subscribe and save through Amazon because that’s most convenient for me. They switched their bottles over to have pumps and the pump for my body wash is completely broken - making a huge mess every time I try and use it. I contacted the company like Amazon suggest to try and get a new pump and they aren’t able to help me at all because I didn’t purchase it through THEIR website. They said it’s against their own policy, which clearly Amazon is not aware of so while the product has been good to me for years, it’s not THAT GREAT. I won’t be using it any longer.</t>
         </is>
       </c>
       <c r="F124" t="b">
         <v>1</v>
       </c>
       <c r="G124" t="b">
         <v>1</v>
       </c>
       <c r="H124" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I124" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>22</v>
+      <c r="I124" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J124" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K124" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L124" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M124" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N124" t="inlineStr"/>
+      <c r="O124" t="inlineStr"/>
+      <c r="P124" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q124" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>Lisa Williams</t>
+          <t>Kris</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>2024-02-21</t>
-[...5 lines deleted...]
-      <c r="D125" t="inlineStr"/>
+          <t>Reviewed in the United States on August 22, 2025</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>Damaged package</t>
+        </is>
+      </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>I like tea tree in general.. So no t much really to say or review there. But my packaging came in ripped open, the plastic seal was halfway ripped off and the body wash was just all over the bottle. The cap/ dispenser is jammed down broken, so I have to unscrew the cap every time I wanna open it. Lame.</t>
         </is>
       </c>
       <c r="F125" t="b">
         <v>1</v>
       </c>
       <c r="G125" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H125" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>20</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I125" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J125" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K125" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L125" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M125" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N125" t="inlineStr"/>
+      <c r="O125" t="inlineStr"/>
+      <c r="P125" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q125" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>David Miller</t>
+          <t>Jenn Glenn</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>2023-12-04</t>
-[...5 lines deleted...]
-      <c r="D126" t="inlineStr"/>
+          <t>Reviewed in the United States on March 29, 2020</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>Great product - bottle was broken when unpackaged</t>
+        </is>
+      </c>
       <c r="E126" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>Product smells and moisturizes great! Sadly the bottle has a huge crack in it and the inside of the shipping bag was covered in half of the bottles contents.</t>
         </is>
       </c>
       <c r="F126" t="b">
         <v>1</v>
       </c>
       <c r="G126" t="b">
         <v>1</v>
       </c>
       <c r="H126" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I126" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>3</v>
+      <c r="I126" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J126" t="n">
+        <v>-0.6139</v>
+      </c>
+      <c r="K126" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L126" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M126" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N126" t="inlineStr"/>
+      <c r="O126" t="inlineStr"/>
+      <c r="P126" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q126" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>Robert Garcia</t>
+          <t>Divyesh R.</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>2024-03-13</t>
-[...5 lines deleted...]
-      <c r="D127" t="inlineStr"/>
+          <t>Reviewed in the United States on December 22, 2019</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>Great product...</t>
+        </is>
+      </c>
       <c r="E127" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>First tile using this product and I gotta say I like it. Smells great and no irritation from it. The only negative thing was that one of the pieces was broken.</t>
         </is>
       </c>
       <c r="F127" t="b">
         <v>1</v>
       </c>
       <c r="G127" t="b">
         <v>1</v>
       </c>
       <c r="H127" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>2</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I127" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J127" t="n">
+        <v>-0.4894</v>
+      </c>
+      <c r="K127" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L127" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M127" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N127" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Divyesh_R_review2_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O127" t="inlineStr"/>
+      <c r="P127" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q127" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>Jennifer Johnson</t>
+          <t>alan banh</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>2024-06-14</t>
-[...5 lines deleted...]
-      <c r="D128" t="inlineStr"/>
+          <t>Reviewed in the United States on March 23, 2021</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>Packaging could be better.</t>
+        </is>
+      </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>It arrived with a semi-broken pump and a bit of leakage. Smells great, but not as soapy as I hoped.</t>
         </is>
       </c>
       <c r="F128" t="b">
         <v>1</v>
       </c>
       <c r="G128" t="b">
         <v>1</v>
       </c>
       <c r="H128" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I128" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J128" t="n">
+        <v>-0.7492</v>
+      </c>
+      <c r="K128" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L128" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M128" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N128" t="inlineStr"/>
+      <c r="O128" t="inlineStr"/>
+      <c r="P128" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q128" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>David Davis</t>
+          <t>Jeffrey</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>2023-09-01</t>
-[...5 lines deleted...]
-      <c r="D129" t="inlineStr"/>
+          <t>Reviewed in the United States on October 31, 2020</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>Good product but pump on 2nd bottle bad and actual bottle size different than pictured.</t>
+        </is>
+      </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Third bottle purchased. Pump was broken on second bottle. Fortunately I had the pump from the first bottle. Also note the picture of the product shown by the seller is misleading. See a image. It is a much small bottle. Great product otherwise.</t>
         </is>
       </c>
       <c r="F129" t="b">
         <v>1</v>
       </c>
       <c r="G129" t="b">
         <v>1</v>
       </c>
       <c r="H129" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I129" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J129" t="n">
+        <v>-0.6676</v>
+      </c>
+      <c r="K129" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L129" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M129" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N129" t="inlineStr"/>
+      <c r="O129" t="inlineStr"/>
+      <c r="P129" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q129" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>Patricia Jones</t>
+          <t>mike</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>2024-07-23</t>
-[...5 lines deleted...]
-      <c r="D130" t="inlineStr"/>
+          <t>Reviewed in the United States on April 10, 2020</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>Nice product</t>
+        </is>
+      </c>
       <c r="E130" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>Would have been five stars but the pump that came with it was broken. The bottle is big enough that the pump is needed</t>
         </is>
       </c>
       <c r="F130" t="b">
         <v>1</v>
       </c>
       <c r="G130" t="b">
         <v>1</v>
       </c>
       <c r="H130" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I130" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I130" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J130" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K130" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L130" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M130" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N130" t="inlineStr"/>
+      <c r="O130" t="inlineStr"/>
+      <c r="P130" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q130" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>John Johnson</t>
+          <t>tim yoon</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>2024-12-14</t>
-[...5 lines deleted...]
-      <c r="D131" t="inlineStr"/>
+          <t>Reviewed in the United States on April 20, 2023</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>Buyer beware - like many others, broken quality seal, leaking contents colored pink</t>
+        </is>
+      </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>My product arrived with the box and plastic wrap intact, but upon opening the bottle's cap I found the quality seal broken and oozing with pink liquid, as you can see in the photos. Also, the smell was strange. Very little tea tree oil or peppermint oil, smelling more of glue if anything.
+As many others have pointed out, it seems the quality of this product has declined sharply as of late. From the lack of response from the vendor to the many customer complaints, perhaps I should have seen it coming. Still, I didn't expect such poor quality control from a product with such high reviews. Sad to be disappointed but I guess you get what you pay for.</t>
         </is>
       </c>
       <c r="F131" t="b">
         <v>1</v>
       </c>
       <c r="G131" t="b">
         <v>1</v>
       </c>
       <c r="H131" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I131" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>22</v>
+      <c r="I131" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J131" t="n">
+        <v>-0.5707</v>
+      </c>
+      <c r="K131" t="n">
+        <v>-0.7315</v>
+      </c>
+      <c r="L131" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M131" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N131" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/tim_yoon_review6_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O131" t="inlineStr"/>
+      <c r="P131" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q131" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>Jennifer Davis</t>
+          <t>Spencer T</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>2024-09-17</t>
-[...5 lines deleted...]
-      <c r="D132" t="inlineStr"/>
+          <t>Reviewed in the United States on September 13, 2020</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>Bottle damaged and leaking due to shipping/bottling</t>
+        </is>
+      </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>We love this product in terms of quality smell and feel. However, there have been a few shipping issues that have left us with leaking bottles and broken caps. This time we had to transfer the body wash into another container due to the leak.</t>
         </is>
       </c>
       <c r="F132" t="b">
         <v>1</v>
       </c>
       <c r="G132" t="b">
         <v>1</v>
       </c>
       <c r="H132" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>22</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I132" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J132" t="n">
+        <v>-0.7244</v>
+      </c>
+      <c r="K132" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M132" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N132" t="inlineStr"/>
+      <c r="O132" t="inlineStr"/>
+      <c r="P132" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q132" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>Michael Davis</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>2024-09-12</t>
-[...5 lines deleted...]
-      <c r="D133" t="inlineStr"/>
+          <t>Reviewed in the United States on August 25, 2025</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>Broken pump/defective</t>
+        </is>
+      </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>The pump came broken and the solution is not able to be accessed.</t>
         </is>
       </c>
       <c r="F133" t="b">
         <v>1</v>
       </c>
       <c r="G133" t="b">
         <v>1</v>
       </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I133" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>29</v>
+      <c r="I133" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J133" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K133" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M133" t="inlineStr">
+        <is>
+          <t>broken</t>
+        </is>
+      </c>
+      <c r="N133" t="inlineStr"/>
+      <c r="O133" t="inlineStr"/>
+      <c r="P133" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q133" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>Patricia Miller</t>
+          <t>Todd</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>2023-06-08</t>
-[...5 lines deleted...]
-      <c r="D134" t="inlineStr"/>
+          <t>Reviewed in the United States on August 13, 2025</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>Broke</t>
+        </is>
+      </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>Can't do a rating. I bought two of these bottles, can't get the pump to work</t>
         </is>
       </c>
       <c r="F134" t="b">
         <v>1</v>
       </c>
       <c r="G134" t="b">
         <v>1</v>
       </c>
       <c r="H134" t="inlineStr">
         <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I134" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>17</v>
+      <c r="I134" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J134" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K134" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L134" t="inlineStr"/>
+      <c r="M134" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N134" t="inlineStr"/>
+      <c r="O134" t="inlineStr"/>
+      <c r="P134" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q134" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>Sarah Garcia</t>
+          <t>Harlee</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>2023-05-19</t>
-[...5 lines deleted...]
-      <c r="D135" t="inlineStr"/>
+          <t>Reviewed in the United States on September 21, 2025</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>Didn't work out for me</t>
+        </is>
+      </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>Didn't work fory skin. Broke me out actually.</t>
         </is>
       </c>
       <c r="F135" t="b">
         <v>1</v>
       </c>
       <c r="G135" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H135" t="inlineStr">
         <is>
-          <t>positive</t>
-[...16 lines deleted...]
-      <c r="M135" t="n">
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I135" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J135" t="n">
+        <v>0</v>
+      </c>
+      <c r="K135" t="inlineStr"/>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N135" t="inlineStr"/>
+      <c r="O135" t="inlineStr"/>
+      <c r="P135" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q135" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>Lisa Johnson</t>
+          <t>Iris Dozier</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>2023-09-08</t>
-[...5 lines deleted...]
-      <c r="D136" t="inlineStr"/>
+          <t>Reviewed in the United States on September 11, 2023</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>Broke</t>
+        </is>
+      </c>
       <c r="E136" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>Top came broken</t>
         </is>
       </c>
       <c r="F136" t="b">
         <v>1</v>
       </c>
       <c r="G136" t="b">
         <v>1</v>
       </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I136" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>23</v>
+      <c r="I136" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J136" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K136" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M136" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N136" t="inlineStr"/>
+      <c r="O136" t="inlineStr"/>
+      <c r="P136" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q136" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>John Johnson</t>
+          <t>layomi</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>2023-11-27</t>
-[...5 lines deleted...]
-      <c r="D137" t="inlineStr"/>
+          <t>Reviewed in the United States on April 28, 2020</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>Satisfying purchase</t>
+        </is>
+      </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>Feels wonderful on the skin. It helps when I have a migraine. The heat of the shower mixed with the body wash relieves my headache. One tiny complaint the product leaked during shipping. My bottle was still full though. They also include an extra cap for the body wash bottle, which I think is cool. There have been lots of times where a bottle fell and the pump broke. Having an extra cap is so cool.</t>
         </is>
       </c>
       <c r="F137" t="b">
         <v>1</v>
       </c>
       <c r="G137" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H137" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I137" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J137" t="n">
+        <v>-0.4523</v>
+      </c>
+      <c r="K137" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M137" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N137" t="inlineStr"/>
+      <c r="O137" t="inlineStr"/>
+      <c r="P137" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q137" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>Robert Davis</t>
+          <t>Narjis54</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>2024-04-03</t>
-[...5 lines deleted...]
-      <c r="D138" t="inlineStr"/>
+          <t>Reviewed in the United States on April 5, 2023</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>Good body wash, poor lid</t>
+        </is>
+      </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>I like the body wash, but the flip-top cap broke after 5 uses. It still closes but when I open it, the flip-top is hanging. I'm expecting it to fall off one of these times.</t>
         </is>
       </c>
       <c r="F138" t="b">
         <v>1</v>
       </c>
       <c r="G138" t="b">
         <v>1</v>
       </c>
       <c r="H138" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I138" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>2</v>
+      <c r="I138" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J138" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K138" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N138" t="inlineStr"/>
+      <c r="O138" t="inlineStr"/>
+      <c r="P138" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q138" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>Lisa Martinez</t>
+          <t>JB</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>2023-04-27</t>
-[...5 lines deleted...]
-      <c r="D139" t="inlineStr"/>
+          <t>Reviewed in the United States on July 8, 2019</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>Refreshing</t>
+        </is>
+      </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Product is very cleanliness to it when using. Only complaint is pump attachment was broke when delivered. Product still usable with regular cap. Will buy again down the road, just need delivery to be more careful with package.</t>
         </is>
       </c>
       <c r="F139" t="b">
         <v>1</v>
       </c>
       <c r="G139" t="b">
         <v>1</v>
       </c>
       <c r="H139" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>11</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I139" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J139" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K139" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M139" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N139" t="inlineStr"/>
+      <c r="O139" t="inlineStr"/>
+      <c r="P139" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q139" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>Michael Martinez</t>
+          <t>Shadow</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>2024-02-01</t>
-[...5 lines deleted...]
-      <c r="D140" t="inlineStr"/>
+          <t>Reviewed in the United States on April 24, 2020</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>Good</t>
+        </is>
+      </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>Its been working, broke out in a rash, &amp; this really helped. Ive used it on my 2 toddler boys &amp; it helped also, &amp; it didnt irritate our skin at all. Im not a fan of the scent, but compared to tea tree oil itself, its bearable, &amp; not overpowering at all.</t>
         </is>
       </c>
       <c r="F140" t="b">
         <v>1</v>
       </c>
       <c r="G140" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H140" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>13</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I140" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J140" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K140" t="inlineStr"/>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M140" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N140" t="inlineStr"/>
+      <c r="O140" t="inlineStr"/>
+      <c r="P140" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q140" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>James Smith</t>
+          <t>Ramek crump</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>2024-11-14</t>
-[...5 lines deleted...]
-      <c r="D141" t="inlineStr"/>
+          <t>Reviewed in the United States on June 3, 2021</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>Really good.</t>
+        </is>
+      </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>This product is good, but broke my skin out.</t>
         </is>
       </c>
       <c r="F141" t="b">
         <v>1</v>
       </c>
       <c r="G141" t="b">
         <v>0</v>
       </c>
       <c r="H141" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I141" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>2</v>
+      <c r="I141" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J141" t="n">
+        <v>-0.6139</v>
+      </c>
+      <c r="K141" t="inlineStr"/>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M141" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N141" t="inlineStr"/>
+      <c r="O141" t="inlineStr"/>
+      <c r="P141" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q141" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>Maria Williams</t>
+          <t>K7398</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>2024-04-21</t>
-[...5 lines deleted...]
-      <c r="D142" t="inlineStr"/>
+          <t>Reviewed in the United States on February 16, 2019</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>Not for sensitive skin</t>
+        </is>
+      </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>My bottle smelled nothing like teatree oil. I smelled the sea buckthorn and peppermint oil only. I tried this after using Purely Northwest and Remedy Tea Tree bodywashes. I will be going back to those as this one broke me out in a rash. I suffer from eczema and psoriasis - this bodywash just made my skin more irritated and itchy. It will be going back if I can remember to send it.</t>
         </is>
       </c>
       <c r="F142" t="b">
         <v>1</v>
       </c>
       <c r="G142" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H142" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I142" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>7</v>
+      <c r="I142" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J142" t="n">
+        <v>0</v>
+      </c>
+      <c r="K142" t="n">
+        <v>0</v>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M142" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N142" t="inlineStr"/>
+      <c r="O142" t="inlineStr"/>
+      <c r="P142" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q142" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>Lisa Smith</t>
+          <t>Rayna Hemphill</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>2024-09-12</t>
-[...5 lines deleted...]
-      <c r="D143" t="inlineStr"/>
+          <t>Reviewed in the United States on January 17, 2025</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>Broke me out badly!! Don’t use!</t>
+        </is>
+      </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>Smells good. But it’s not for sensitive skin at all. It broke me out bad on my chest. My chest were clear before I starting using this. The ingredients are not 100% natural either. There are definitely chemicals in here. You’ve been warned.</t>
         </is>
       </c>
       <c r="F143" t="b">
         <v>1</v>
       </c>
       <c r="G143" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H143" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>27</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I143" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J143" t="n">
+        <v>-0.7079</v>
+      </c>
+      <c r="K143" t="n">
+        <v>0</v>
+      </c>
+      <c r="L143" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M143" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N143" t="inlineStr"/>
+      <c r="O143" t="inlineStr"/>
+      <c r="P143" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q143" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>Robert Williams</t>
+          <t>Katie Sedlacek</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>2023-04-19</t>
-[...5 lines deleted...]
-      <c r="D144" t="inlineStr"/>
+          <t>Reviewed in the United States on May 15, 2020</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>Great product!</t>
+        </is>
+      </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>The product is great! My only complaint was it broke open and spilled open in the delivery box and I lost a good bit of the product- but other than that it’s great!!</t>
         </is>
       </c>
       <c r="F144" t="b">
         <v>1</v>
       </c>
       <c r="G144" t="b">
         <v>1</v>
       </c>
       <c r="H144" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I144" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>2</v>
+      <c r="I144" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J144" t="n">
+        <v>-0.5618</v>
+      </c>
+      <c r="K144" t="n">
+        <v>-0.7919</v>
+      </c>
+      <c r="L144" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M144" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N144" t="inlineStr"/>
+      <c r="O144" t="inlineStr"/>
+      <c r="P144" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q144" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>David Martinez</t>
+          <t>Laura</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>2023-01-17</t>
-[...5 lines deleted...]
-      <c r="D145" t="inlineStr"/>
+          <t>Reviewed in the United States on April 20, 2023</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>Received with the sealalready broke.</t>
+        </is>
+      </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>Seal is broke under lid . I don't know if this I OK but this is what it looked like after I took off the lid . Makes me feel uneasy using this product with the seal broke.</t>
         </is>
       </c>
       <c r="F145" t="b">
         <v>1</v>
       </c>
       <c r="G145" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H145" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I145" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J145" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K145" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L145" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N145" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Laura_review2_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O145" t="inlineStr"/>
+      <c r="P145" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q145" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>John Johnson</t>
+          <t>KayH</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>2024-05-11</t>
-[...5 lines deleted...]
-      <c r="D146" t="inlineStr"/>
+          <t>Reviewed in the United States on March 28, 2024</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>Toxic tea tree</t>
+        </is>
+      </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>This chemical in a bottle is so terrible. Broke my family out in a systemic rashes. Smells do strong , just not for humans or animals . Maybe better to stop making a product like this. We all have enough to worry about without our body wash being bad for us.</t>
         </is>
       </c>
       <c r="F146" t="b">
         <v>1</v>
       </c>
       <c r="G146" t="b">
         <v>1</v>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I146" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>23</v>
+      <c r="I146" t="inlineStr">
+        <is>
+          <t>anger</t>
+        </is>
+      </c>
+      <c r="J146" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K146" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L146" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr"/>
+      <c r="O146" t="inlineStr"/>
+      <c r="P146" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q146" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>Jennifer Williams</t>
+          <t>Sylvia</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
-[...5 lines deleted...]
-      <c r="D147" t="inlineStr"/>
+          <t>Reviewed in the United States on December 13, 2019</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>READ BEFORE YOU BUY</t>
+        </is>
+      </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>I didn't read the reviews and bought it on a whim bc of the high rating. Worst mistake. This smells like LYSOL or some sort of bleach and is so HARSH and DRYING on your skin. I was looking for a natural, soothing body wash with a hint of tea-tree and this is the exact opposite. Does not even smell like tea tree, made my head hurt and I broke out in a rash. Hopefully you read my review and don't purchase.</t>
         </is>
       </c>
       <c r="F147" t="b">
         <v>1</v>
       </c>
       <c r="G147" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H147" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I147" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I147" t="inlineStr">
+        <is>
+          <t>anger</t>
+        </is>
+      </c>
+      <c r="J147" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K147" t="inlineStr"/>
+      <c r="L147" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N147" t="inlineStr"/>
+      <c r="O147" t="inlineStr"/>
+      <c r="P147" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q147" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>Michael Garcia</t>
+          <t>Lo</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>2024-01-09</t>
-[...5 lines deleted...]
-      <c r="D148" t="inlineStr"/>
+          <t>Reviewed in the United States on May 31, 2021</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>Is there tea tree oil in there?</t>
+        </is>
+      </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>The pump broke. The soap seems to be watered down. Not sure how much tea tree oil is actually in there. Not very soapy</t>
         </is>
       </c>
       <c r="F148" t="b">
         <v>1</v>
       </c>
       <c r="G148" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H148" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I148" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J148" t="n">
+        <v>0</v>
+      </c>
+      <c r="K148" t="inlineStr"/>
+      <c r="L148" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N148" t="inlineStr"/>
+      <c r="O148" t="inlineStr"/>
+      <c r="P148" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q148" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>Michael Garcia</t>
+          <t>Tiffany Markewich</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>2023-07-06</t>
-[...5 lines deleted...]
-      <c r="D149" t="inlineStr"/>
+          <t>Reviewed in the United States on December 25, 2020</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>Quality issue with bottle</t>
+        </is>
+      </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Product smells nice however the pump broke on the very first time I used it.</t>
         </is>
       </c>
       <c r="F149" t="b">
         <v>1</v>
       </c>
       <c r="G149" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I149" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>6</v>
+      <c r="I149" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J149" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K149" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L149" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N149" t="inlineStr"/>
+      <c r="O149" t="inlineStr"/>
+      <c r="P149" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q149" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>Patricia Rodriguez</t>
+          <t>bill</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>2024-11-10</t>
-[...5 lines deleted...]
-      <c r="D150" t="inlineStr"/>
+          <t>Reviewed in the United States on December 29, 2021</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>PUMP BROKE ON FIRST USE</t>
+        </is>
+      </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>PUMP BROKE ON FIRST USE</t>
         </is>
       </c>
       <c r="F150" t="b">
         <v>1</v>
       </c>
       <c r="G150" t="b">
         <v>1</v>
       </c>
       <c r="H150" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I150" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>20</v>
+      <c r="I150" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J150" t="n">
+        <v>0</v>
+      </c>
+      <c r="K150" t="n">
+        <v>0</v>
+      </c>
+      <c r="L150" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N150" t="inlineStr"/>
+      <c r="O150" t="inlineStr"/>
+      <c r="P150" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q150" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>Michael Davis</t>
+          <t>Donald T.</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>2023-05-26</t>
-[...5 lines deleted...]
-      <c r="D151" t="inlineStr"/>
+          <t>Reviewed in the United States on November 29, 2020</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>Wouldn’t buy again</t>
+        </is>
+      </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>The bottle was broke and part of product leaked out in package smell good is container but seems like you have to use a lot for it to smell or Lather up on ur body</t>
         </is>
       </c>
       <c r="F151" t="b">
         <v>1</v>
       </c>
       <c r="G151" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H151" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I151" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>1</v>
+      <c r="I151" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J151" t="n">
+        <v>-0.7197</v>
+      </c>
+      <c r="K151" t="n">
+        <v>-0.7197</v>
+      </c>
+      <c r="L151" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N151" t="inlineStr"/>
+      <c r="O151" t="inlineStr"/>
+      <c r="P151" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q151" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>Michael Johnson</t>
+          <t>Buyer</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>2024-09-14</t>
-[...5 lines deleted...]
-      <c r="D152" t="inlineStr"/>
+          <t>Reviewed in the United States on September 18, 2020</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>Good but broke</t>
+        </is>
+      </c>
       <c r="E152" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>Product came broken</t>
         </is>
       </c>
       <c r="F152" t="b">
         <v>1</v>
       </c>
       <c r="G152" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H152" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I152" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J152" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K152" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L152" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N152" t="inlineStr"/>
+      <c r="O152" t="inlineStr"/>
+      <c r="P152" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q152" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>James Jones</t>
+          <t>HappyCat</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>2023-07-28</t>
-[...5 lines deleted...]
-      <c r="D153" t="inlineStr"/>
+          <t>Reviewed in the United States on September 13, 2025</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>Lathers well and smells nice. Few natural ingredients and pump was not functional.</t>
+        </is>
+      </c>
       <c r="E153" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>This body wash does contain natural vanilla, but otherwise contains few natural ingredients. The wash lathers up very well and has a light vanilla scent. It feels good going on and left my skin feeling clean and soft. The product is cruelty-free. This is a relatively large bottle, and it is priced decently. The package came well-wrapped and the pump was initially fine. However, when I attempted to turn the pump top to use the product, the top immediately broke. While I liked this product, I prefer something that contains more natural ingredients and was disappointed that the pump was not functional.</t>
         </is>
       </c>
       <c r="F153" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G153" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H153" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I153" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J153" t="n">
+        <v>-0.8317</v>
+      </c>
+      <c r="K153" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M153" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N153" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/HappyCat_review0_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O153" t="inlineStr"/>
+      <c r="P153" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q153" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>Robert Jones</t>
+          <t>Cleo</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>2024-01-26</t>
-[...5 lines deleted...]
-      <c r="D154" t="inlineStr"/>
+          <t>Reviewed in the United States on June 14, 2021</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>Allergic</t>
+        </is>
+      </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>Both me and my boyfriend broke out in a rash after using it.</t>
         </is>
       </c>
       <c r="F154" t="b">
         <v>1</v>
       </c>
       <c r="G154" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H154" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I154" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>19</v>
+      <c r="I154" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J154" t="n">
+        <v>0</v>
+      </c>
+      <c r="K154" t="inlineStr"/>
+      <c r="L154" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N154" t="inlineStr"/>
+      <c r="O154" t="inlineStr"/>
+      <c r="P154" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q154" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>Sarah Williams</t>
+          <t>Keyanah</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>2024-07-05</t>
-[...5 lines deleted...]
-      <c r="D155" t="inlineStr"/>
+          <t>Reviewed in the United States on March 13, 2020</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>Bad for your skin</t>
+        </is>
+      </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>It broke me out really bad .... I mean really really bad</t>
         </is>
       </c>
       <c r="F155" t="b">
         <v>1</v>
       </c>
       <c r="G155" t="b">
         <v>1</v>
       </c>
       <c r="H155" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>13</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I155" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J155" t="n">
+        <v>0</v>
+      </c>
+      <c r="K155" t="n">
+        <v>0</v>
+      </c>
+      <c r="L155" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N155" t="inlineStr"/>
+      <c r="O155" t="inlineStr"/>
+      <c r="P155" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q155" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>Michael Brown</t>
+          <t>florence alexander</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>2024-04-27</t>
-[...5 lines deleted...]
-      <c r="D156" t="inlineStr"/>
+          <t>Reviewed in the United States on October 5, 2020</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>Cap</t>
+        </is>
+      </c>
       <c r="E156" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Bottle top was broke.</t>
         </is>
       </c>
       <c r="F156" t="b">
         <v>1</v>
       </c>
       <c r="G156" t="b">
         <v>1</v>
       </c>
       <c r="H156" t="inlineStr">
         <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I156" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I156" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>16</v>
+      <c r="J156" t="n">
+        <v>0</v>
+      </c>
+      <c r="K156" t="n">
+        <v>0</v>
+      </c>
+      <c r="L156" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N156" t="inlineStr"/>
+      <c r="O156" t="inlineStr"/>
+      <c r="P156" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q156" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>Michael Jones</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>2024-03-25</t>
-[...5 lines deleted...]
-      <c r="D157" t="inlineStr"/>
+          <t>Reviewed in the United States on January 19, 2021</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>Sucks</t>
+        </is>
+      </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Broke out in rashes</t>
         </is>
       </c>
       <c r="F157" t="b">
         <v>1</v>
       </c>
       <c r="G157" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H157" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I157" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J157" t="n">
+        <v>0</v>
+      </c>
+      <c r="K157" t="inlineStr"/>
+      <c r="L157" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N157" t="inlineStr"/>
+      <c r="O157" t="inlineStr"/>
+      <c r="P157" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q157" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>John Rodriguez</t>
+          <t>Puggin</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>2024-06-06</t>
-[...5 lines deleted...]
-      <c r="D158" t="inlineStr"/>
+          <t>Reviewed in the United States on June 3, 2025</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>Great body wash, love the rose scent</t>
+        </is>
+      </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>This body wash smells wonderful! It's definitely roses, like sweet, fresh rose petals. The bottle came with a regular cap and a pump on the side, but the packaging broke open during shipping and it damaged the pump. It still works but part of the plastic around the dispenser snapped off. Not a big deal, the body wash is amazing. It lathers like crazy and is very soothing on the skin. Seems like a good value too, it's quite a large bottle. Very happy with it so far!</t>
         </is>
       </c>
       <c r="F158" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G158" t="b">
         <v>1</v>
       </c>
       <c r="H158" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I158" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J158" t="n">
+        <v>-0.7778</v>
+      </c>
+      <c r="K158" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L158" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N158" t="inlineStr"/>
+      <c r="O158" t="inlineStr"/>
+      <c r="P158" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q158" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>David Jones</t>
+          <t>Post Office Guy</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>2024-12-23</t>
-[...5 lines deleted...]
-      <c r="D159" t="inlineStr"/>
+          <t>Reviewed in the United States on December 19, 2022</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>Didn't get the product pictured.</t>
+        </is>
+      </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>Item looks nothing like the picture!
+No pump, just a cap that broke the first time I used it today.
+Very disappointed!</t>
         </is>
       </c>
       <c r="F159" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G159" t="b">
         <v>1</v>
       </c>
       <c r="H159" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>3</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I159" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J159" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K159" t="n">
+        <v>0</v>
+      </c>
+      <c r="L159" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N159" t="inlineStr"/>
+      <c r="O159" t="inlineStr"/>
+      <c r="P159" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q159" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>Patricia Garcia</t>
+          <t>Kimberly P.</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>2024-05-22</t>
-[...5 lines deleted...]
-      <c r="D160" t="inlineStr"/>
+          <t>Reviewed in the United States on June 8, 2022</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>Love it!</t>
+        </is>
+      </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>My bottle fell off the bath seat and it broke the push nozzle. I emailed the company so hopefully they will send me new top.</t>
         </is>
       </c>
       <c r="F160" t="b">
         <v>1</v>
       </c>
       <c r="G160" t="b">
         <v>1</v>
       </c>
       <c r="H160" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I160" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>24</v>
+      <c r="I160" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J160" t="n">
+        <v>0</v>
+      </c>
+      <c r="K160" t="n">
+        <v>0</v>
+      </c>
+      <c r="L160" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr"/>
+      <c r="O160" t="inlineStr"/>
+      <c r="P160" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q160" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>Sarah Martinez</t>
+          <t>Suziedavis</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>2024-11-11</t>
-[...5 lines deleted...]
-      <c r="D161" t="inlineStr"/>
+          <t>Reviewed in the United States on May 1, 2022</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>Lid is broken, pump doesn’t work. Very disappointed!!!</t>
+        </is>
+      </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>The lid broke and can’t put it back on and the pump doesn’t work either!!!</t>
         </is>
       </c>
       <c r="F161" t="b">
         <v>1</v>
       </c>
       <c r="G161" t="b">
         <v>1</v>
       </c>
       <c r="H161" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>25</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I161" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J161" t="n">
+        <v>0</v>
+      </c>
+      <c r="K161" t="n">
+        <v>0</v>
+      </c>
+      <c r="L161" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N161" t="inlineStr"/>
+      <c r="O161" t="inlineStr"/>
+      <c r="P161" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q161" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>Jennifer Garcia</t>
+          <t>Tone</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>2023-04-12</t>
-[...5 lines deleted...]
-      <c r="D162" t="inlineStr"/>
+          <t>Reviewed in the United States on October 10, 2024</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>Came late and pumps broke</t>
+        </is>
+      </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>Pump doesn’t work</t>
         </is>
       </c>
       <c r="F162" t="b">
         <v>1</v>
       </c>
       <c r="G162" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>16</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I162" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J162" t="n">
+        <v>0</v>
+      </c>
+      <c r="K162" t="inlineStr"/>
+      <c r="L162" t="inlineStr"/>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N162" t="inlineStr"/>
+      <c r="O162" t="inlineStr"/>
+      <c r="P162" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q162" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>Maria Smith</t>
+          <t>Chrisol</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>2023-03-07</t>
-[...5 lines deleted...]
-      <c r="D163" t="inlineStr"/>
+          <t>Reviewed in Canada on May 20, 2025</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>Good product. Lousy packaging/pump.</t>
+        </is>
+      </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>Pump completely broke during delivery and is unusable. Had to pour liquid into another container. Otherwise the contents are good. 1 start down due to packaging.</t>
         </is>
       </c>
       <c r="F163" t="b">
         <v>1</v>
       </c>
       <c r="G163" t="b">
         <v>1</v>
       </c>
       <c r="H163" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>25</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I163" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J163" t="n">
+        <v>1</v>
+      </c>
+      <c r="K163" t="n">
+        <v>0</v>
+      </c>
+      <c r="L163" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>broke</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr"/>
+      <c r="O163" t="inlineStr"/>
+      <c r="P163" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q163" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>Jennifer Martinez</t>
+          <t>Dav F.</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>2024-11-14</t>
-[...5 lines deleted...]
-      <c r="D164" t="inlineStr"/>
+          <t>Reviewed in the United States on February 4, 2020</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>I'm. Sorry, I'll find another source.</t>
+        </is>
+      </c>
       <c r="E164" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>3rd review, i got a replacement for my 2nd order and they were great and helpful about it. However, I am sorry to report that even though they smell a lot better than the rotten burned plastic, I believe the storage facility has a bad batch. Some of the orders are good and some are not. I can not buy from these people anymore. I can't keep sending back bad products because they can't make sure their product is good. Star's for contact but can't give a high rating.
+1st review, Great product, and sale. After use, I personally feel clean and relaxed. Smells like good cough syrup w/ peppermint.
+2nd review, I bought 2 bottles because the 1st was so great and they came in. I finally got to open them and the body wash smells like moldy burned plastic and mixed with something else 🤮. It is like when you get a sample and the real stuff is not as good. The second bottle makes us feel uncomfortable and tingling but not in a good way. It does NOT make me feel good and clean. It does not lather even using 10 pumps.</t>
         </is>
       </c>
       <c r="F164" t="b">
         <v>1</v>
       </c>
       <c r="G164" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H164" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I164" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>30</v>
+      <c r="I164" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J164" t="n">
+        <v>-0.7691</v>
+      </c>
+      <c r="K164" t="n">
+        <v>-0.4962</v>
+      </c>
+      <c r="L164" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>moldy</t>
+        </is>
+      </c>
+      <c r="N164" t="inlineStr"/>
+      <c r="O164" t="inlineStr"/>
+      <c r="P164" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q164" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>Robert Rodriguez</t>
+          <t>DBarnmyer</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>2023-01-22</t>
-[...5 lines deleted...]
-      <c r="D165" t="inlineStr"/>
+          <t>Reviewed in the United States on March 19, 2020</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>Tea Tree isn’t supposed to smell horribly moldy!</t>
+        </is>
+      </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>I have had this exact soap before, about a year ago. However, the scent, last time may have smelled a bit unpleasant, this time the product smells moldy! Really gag worthy. After washing your hands, you feel like you need to re-wash your hands!</t>
         </is>
       </c>
       <c r="F165" t="b">
         <v>1</v>
       </c>
       <c r="G165" t="b">
         <v>1</v>
       </c>
       <c r="H165" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>2</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I165" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J165" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K165" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L165" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>moldy</t>
+        </is>
+      </c>
+      <c r="N165" t="inlineStr"/>
+      <c r="O165" t="inlineStr"/>
+      <c r="P165" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q165" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>Lisa Jones</t>
+          <t>Anna</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>2024-12-17</t>
-[...5 lines deleted...]
-      <c r="D166" t="inlineStr"/>
+          <t>Reviewed in the United States on April 5, 2020</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>stinks</t>
+        </is>
+      </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>i tried this product. it doesn't smell very minty. it smells like the woods when i was kid in summer ,very earthy, mossy. moldy.
+i see no moisterizing effect. using it but buying something else that i had tried first.</t>
         </is>
       </c>
       <c r="F166" t="b">
         <v>1</v>
       </c>
       <c r="G166" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H166" t="inlineStr">
         <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I166" t="inlineStr"/>
-[...13 lines deleted...]
-      <c r="M166" t="n">
+      <c r="I166" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J166" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K166" t="inlineStr"/>
+      <c r="L166" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>moldy</t>
+        </is>
+      </c>
+      <c r="N166" t="inlineStr"/>
+      <c r="O166" t="inlineStr"/>
+      <c r="P166" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q166" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>Patricia Williams</t>
+          <t>Steven M.</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>2023-06-23</t>
-[...5 lines deleted...]
-      <c r="D167" t="inlineStr"/>
+          <t>Reviewed in the United States on April 20, 2022</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>Smells nothing like Eucalyptus.</t>
+        </is>
+      </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>It smells like moldy dirt, no joke.</t>
         </is>
       </c>
       <c r="F167" t="b">
         <v>1</v>
       </c>
       <c r="G167" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H167" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>21</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I167" t="inlineStr">
+        <is>
+          <t>disgust</t>
+        </is>
+      </c>
+      <c r="J167" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K167" t="inlineStr"/>
+      <c r="L167" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>moldy</t>
+        </is>
+      </c>
+      <c r="N167" t="inlineStr"/>
+      <c r="O167" t="inlineStr"/>
+      <c r="P167" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q167" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>Sarah Jones</t>
+          <t>Manuela Doreza</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
-[...5 lines deleted...]
-      <c r="D168" t="inlineStr"/>
+          <t>Reviewed in the United States on September 20, 2019</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>This shipment has something terribly wrong, smells moldy and it's opaque.</t>
+        </is>
+      </c>
       <c r="E168" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>I bought this product a few months ago and it was clear and smelled nice. But this order is opaque and not clear and mild like the previous ones I ordered. This smells moldy.</t>
         </is>
       </c>
       <c r="F168" t="b">
         <v>1</v>
       </c>
       <c r="G168" t="b">
         <v>1</v>
       </c>
       <c r="H168" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>6</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I168" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J168" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K168" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L168" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>moldy</t>
+        </is>
+      </c>
+      <c r="N168" t="inlineStr"/>
+      <c r="O168" t="inlineStr"/>
+      <c r="P168" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q168" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>David Jones</t>
+          <t>Patrick A. Armstrong</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>2023-06-23</t>
-[...5 lines deleted...]
-      <c r="D169" t="inlineStr"/>
+          <t>Reviewed in the United States on August 16, 2022</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>If you like to smell like moldy shoe, this is for you</t>
+        </is>
+      </c>
       <c r="E169" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Stinks. An awful smell. Can't imagine anyone wanting to smell like a mold shoe.</t>
         </is>
       </c>
       <c r="F169" t="b">
         <v>1</v>
       </c>
       <c r="G169" t="b">
         <v>1</v>
       </c>
       <c r="H169" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>22</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I169" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J169" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K169" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L169" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M169" t="inlineStr">
+        <is>
+          <t>moldy</t>
+        </is>
+      </c>
+      <c r="N169" t="inlineStr"/>
+      <c r="O169" t="inlineStr"/>
+      <c r="P169" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q169" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>Robert Brown</t>
+          <t>John Werba</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>2023-01-22</t>
-[...5 lines deleted...]
-      <c r="D170" t="inlineStr"/>
+          <t>Reviewed in the United States on August 11, 2022</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>Smells like a moldy basement do not buy!</t>
+        </is>
+      </c>
       <c r="E170" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>Moldy basement smell. Nasty</t>
         </is>
       </c>
       <c r="F170" t="b">
         <v>1</v>
       </c>
       <c r="G170" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H170" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>23</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I170" t="inlineStr">
+        <is>
+          <t>disgust</t>
+        </is>
+      </c>
+      <c r="J170" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K170" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L170" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M170" t="inlineStr">
+        <is>
+          <t>moldy</t>
+        </is>
+      </c>
+      <c r="N170" t="inlineStr"/>
+      <c r="O170" t="inlineStr"/>
+      <c r="P170" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q170" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>Michael Smith</t>
+          <t>David OConnor</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>2023-03-22</t>
-[...5 lines deleted...]
-      <c r="D171" t="inlineStr"/>
+          <t>Reviewed in the United States on April 24, 2022</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>Terrible smell, Smell moldy</t>
+        </is>
+      </c>
       <c r="E171" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Terrible smell, Smell moldy</t>
         </is>
       </c>
       <c r="F171" t="b">
         <v>1</v>
       </c>
       <c r="G171" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H171" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I171" t="inlineStr">
+        <is>
+          <t>anger</t>
+        </is>
+      </c>
+      <c r="J171" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K171" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L171" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M171" t="inlineStr">
+        <is>
+          <t>moldy</t>
+        </is>
+      </c>
+      <c r="N171" t="inlineStr"/>
+      <c r="O171" t="inlineStr"/>
+      <c r="P171" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q171" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>Michael Williams</t>
+          <t>Michael</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>2023-03-04</t>
-[...5 lines deleted...]
-      <c r="D172" t="inlineStr"/>
+          <t>Reviewed in the United States on November 5, 2022</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>Natural but Pungent Scent</t>
+        </is>
+      </c>
       <c r="E172" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>For context for this review I have used Dr. Bronners Peppermint soap for the past 10 years as a bodywash and have been very happy but decided to experiment with other body washes just to see if I've been missing out on anything. Scent has my main priority in testing new products, and I do not care about how they make my skin feel provided that they clean it.
+This body wash has been one of the more natural scents that I purchased and I felt similarities to Dr. Bronners peppermint given that it has peppermint oil in it. It does not have much of a eucalyptus scent, however, which I was disappointed with. If anything I would actually liken the scent a bit to mouthwash, which I know some people dislike, but since I love mint in all its varieties, I actually enjoy, despite its pungency. The tea tree oil is also very present in the scent and adds pungency as well.
+However the that it came in was nothing like what was displayed in the photos -- not transparent, no push lid, and for that deceptive marketing, I am very upset as a consumer and remove a star.</t>
         </is>
       </c>
       <c r="F172" t="b">
         <v>1</v>
       </c>
       <c r="G172" t="b">
         <v>1</v>
       </c>
       <c r="H172" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>11</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I172" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J172" t="n">
+        <v>-0.7565</v>
+      </c>
+      <c r="K172" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L172" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M172" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N172" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Michael_review5_img1.jpg%2C%20Michael_review5_img2.jpg</t>
+        </is>
+      </c>
+      <c r="O172" t="inlineStr"/>
+      <c r="P172" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q172" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>Maria Williams</t>
+          <t>Peaches</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>2023-01-21</t>
-[...5 lines deleted...]
-      <c r="D173" t="inlineStr"/>
+          <t>Reviewed in the United States on July 4, 2025</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>I didn’t find it anything special, not necessarily worth the money</t>
+        </is>
+      </c>
       <c r="E173" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>I was not impressed with this at all. It didn’t feel like anything special. I never could get the pump to work, so I have to find another bottle to pour it into or constantly take off the pump and squeeze it into my hand from the bottle (which is what I’m currently doing). I should’ve sent it back, but I didn’t need it right away and by the time I opened it, I was past the return window. Anyway, I just didn’t think it was worth the money.</t>
         </is>
       </c>
       <c r="F173" t="b">
         <v>1</v>
       </c>
       <c r="G173" t="b">
         <v>1</v>
       </c>
       <c r="H173" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>1</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I173" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J173" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K173" t="n">
+        <v>0</v>
+      </c>
+      <c r="L173" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N173" t="inlineStr"/>
+      <c r="O173" t="inlineStr"/>
+      <c r="P173" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q173" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>David Rodriguez</t>
+          <t>GabrielWayneL</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>2024-07-27</t>
-[...5 lines deleted...]
-      <c r="D174" t="inlineStr"/>
+          <t>Reviewed in the United States on March 27, 2025</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>Deceptive Image</t>
+        </is>
+      </c>
       <c r="E174" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>Text in image says 16oz. That bottle depicted is a 32oz image. The product you will receive is 16oz and is half the bottle size depicted. You will receive what you paid for but do not be deceived by the image.</t>
         </is>
       </c>
       <c r="F174" t="b">
         <v>1</v>
       </c>
       <c r="G174" t="b">
         <v>1</v>
       </c>
       <c r="H174" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I174" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>17</v>
+      <c r="I174" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J174" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K174" t="n">
+        <v>0</v>
+      </c>
+      <c r="L174" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M174" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N174" t="inlineStr"/>
+      <c r="O174" t="inlineStr"/>
+      <c r="P174" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q174" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>Michael Martinez</t>
+          <t>Jon Brown</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>2024-09-18</t>
-[...5 lines deleted...]
-      <c r="D175" t="inlineStr"/>
+          <t>Reviewed in the United States on April 10, 2025</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>Good product, ridiculously long delivery time</t>
+        </is>
+      </c>
       <c r="E175" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>My wife loves this soap. The only problem is, it was supposed to be delivered in seven days. On day eight I checked the status and the new estimated delivery date was a month later.. we didn’t receive any notice this was going to be delayed, and I don’t understand why it would be delayed. We ordered another bottle from Walmart and received it three days later. Still waiting for this one to arrive. Looks like they’re now saying May 2 is the estimated delivery date. That’s almost 4 weeks from now. I’m not pleased.</t>
         </is>
       </c>
       <c r="F175" t="b">
         <v>1</v>
       </c>
       <c r="G175" t="b">
         <v>1</v>
       </c>
       <c r="H175" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>21</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I175" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J175" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K175" t="n">
+        <v>0</v>
+      </c>
+      <c r="L175" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M175" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N175" t="inlineStr"/>
+      <c r="O175" t="inlineStr"/>
+      <c r="P175" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q175" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>James Johnson</t>
+          <t>Sheila</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>2023-11-08</t>
-[...5 lines deleted...]
-      <c r="D176" t="inlineStr"/>
+          <t>Reviewed in the United States on December 9, 2025</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>Not A Quality Review</t>
+        </is>
+      </c>
       <c r="E176" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>First off the bottle is different from picture. 2nd. Issue is the pump wasn't attached. The bottle looks as if its been used. So, I assume it looks used do to having to put the pump in. Nope, the pump being inserted wasn't the issue. They just doesn't fill the bottle up like they SHOULD...
+I'LL be back in 2 weeks with an update on Quality.</t>
         </is>
       </c>
       <c r="F176" t="b">
         <v>1</v>
       </c>
       <c r="G176" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H176" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>23</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I176" t="inlineStr">
+        <is>
+          <t>appreciation</t>
+        </is>
+      </c>
+      <c r="J176" t="n">
+        <v>0.96</v>
+      </c>
+      <c r="K176" t="n">
+        <v>0</v>
+      </c>
+      <c r="L176" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M176" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N176" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Sheila_review9_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O176" t="inlineStr"/>
+      <c r="P176" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q176" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>Michael Jones</t>
+          <t>Levi B.</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>2023-04-04</t>
-[...5 lines deleted...]
-      <c r="D177" t="inlineStr"/>
+          <t>Reviewed in the United States on October 15, 2020</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>Honest Review Here - I'm on my 4th bottle</t>
+        </is>
+      </c>
       <c r="E177" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>I n e v e r order something consistently from amazon. Usually I think something is "nice, but not what I wanted." This will be my fourth bottle ordered of the tea tree body wash.
+I've always struggled with shoulder and back acne, gross I know, but this is the first product I've used that I felt has been noticeably helpful. I apply it, let it sit for two minutes, wash it off and I'm good to go.
+The smell is very nice, a Minty, Tea Tree smell. It can feel a little burny if you forget to rinse it completely, but with the product being antibacterial I'd say "the burn means it's working."
+There is very little lather, but there is enough you'll remember where you scrubbed. Suds are a myth that you're getting cleaner or that the soap is working harder. It's tea tree 'oil,' I've never seen oil suds up like that, and if it did, it probably means much of the ingredients aren't tea tree oil based.
+The bottle is smaller than expected - the photo is a bit misleading (as of 10-15-20, in case they change it). If it came in a bigger size like a 32 oz bottle and the option to subscribe to it every 2 months or so, I would 100% do it. The bottle is beautiful as well, black and chic.
+I love this product! It deserves a high rating. No product is perfect, but this one has been incredibly helpful. Thank you!</t>
         </is>
       </c>
       <c r="F177" t="b">
         <v>1</v>
       </c>
       <c r="G177" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H177" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>29</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I177" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J177" t="n">
+        <v>-0.8366</v>
+      </c>
+      <c r="K177" t="n">
+        <v>-0.1667</v>
+      </c>
+      <c r="L177" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M177" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N177" t="inlineStr"/>
+      <c r="O177" t="inlineStr"/>
+      <c r="P177" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q177" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>John Davis</t>
+          <t>John D. Barnes</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
-[...5 lines deleted...]
-      <c r="D178" t="inlineStr"/>
+          <t>Reviewed in the United States on August 8, 2019</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>Marvelous idea, but for a more seriously potent curing, what are the options?</t>
+        </is>
+      </c>
       <c r="E178" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>I started to use the soap right away,...because I caught some ferocious kind of fungus that seemed like like a rotten cade of athletes foot for 8 yrs. And nothing I tried for athletes foot would actually cure it, just kept the itch down....but recently having been some kind of 8-9 yr. Type fungus,...it has been keeping me up all night by giving me the itchy feet,(around the tops of feet and the toes), and always wears of around 4-4:30 am and started around 10:30pm which leaves me only 3 hrs. Per night to sleep...which just didn't work for me...so I was told by a roommate that she was prescribed this tea tree anti fungal and athletes foot thing,...that supposedly worked for a few friends of hers, and being of last practical option for her in attempt of curing her long term rash as well. So, desperate, I gave it a try, and bingo!! A perfect nights sleep yet again !! I'm going to marry this bottle until dead and once totally absorbed, I want the stronger version if available...4 stars cuz although it worked first few times, ...I'm left to feel that it isn't strong enough to cure my condition, but instead greatly relieves it and if used daily, keeps it under control...</t>
         </is>
       </c>
       <c r="F178" t="b">
         <v>1</v>
       </c>
       <c r="G178" t="b">
         <v>1</v>
       </c>
       <c r="H178" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>22</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I178" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J178" t="n">
+        <v>-0.7947</v>
+      </c>
+      <c r="K178" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L178" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M178" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N178" t="inlineStr"/>
+      <c r="O178" t="inlineStr"/>
+      <c r="P178" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q178" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>Lisa Rodriguez</t>
+          <t>Julie</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>2024-12-24</t>
-[...5 lines deleted...]
-      <c r="D179" t="inlineStr"/>
+          <t>Reviewed in the United States on February 15, 2023</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>It works great!</t>
+        </is>
+      </c>
       <c r="E179" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>I’ve had an itchy back, particularly the left upper back for 1.5 years. Before this, I’ve never had an itchy back. Weird. Tried exfoliating, numerous other soaps with tea tree oil and moisturizers for sensitive skin. I also shower with hot a$$ water, which dries my skin out too. I decided to give this body wash a try …I was skeptical. Let me tell ya people, this stopped the back itch upon first use. I was like holy sheeze balls! It works! I even noticed the skin on my feet got smoother, less scaly, flaky, after the second use. So even though the bottle isn’t as pictured and is hard to squeeze the thick gel out, I’m switching to this soap. I actually can tolerate the strong tea tree smell because there’s mint to make it better. I’m into it! I think you should try it if you can handle strong tea tree oil aroma to kick the skin itch.
+At a later date I reordered this item and the packaging was different (clear green bottles) but came with pumps that don’t work. Bummer.</t>
         </is>
       </c>
       <c r="F179" t="b">
         <v>1</v>
       </c>
       <c r="G179" t="b">
         <v>1</v>
       </c>
       <c r="H179" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>18</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I179" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J179" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K179" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L179" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N179" t="inlineStr"/>
+      <c r="O179" t="inlineStr"/>
+      <c r="P179" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q179" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>Patricia Jones</t>
+          <t>Crystal Hogan</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>2024-01-17</t>
-[...5 lines deleted...]
-      <c r="D180" t="inlineStr"/>
+          <t>Reviewed in the United States on August 7, 2025</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>Body wash</t>
+        </is>
+      </c>
       <c r="E180" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>The bottle is not what the picture is way smaller I am somewhat disappointed but it's ok</t>
         </is>
       </c>
       <c r="F180" t="b">
         <v>1</v>
       </c>
       <c r="G180" t="b">
         <v>1</v>
       </c>
       <c r="H180" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I180" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>17</v>
+      <c r="I180" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J180" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K180" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L180" t="inlineStr"/>
+      <c r="M180" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N180" t="inlineStr"/>
+      <c r="O180" t="inlineStr"/>
+      <c r="P180" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q180" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>David Rodriguez</t>
+          <t>Janet Drew</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>2024-12-22</t>
-[...5 lines deleted...]
-      <c r="D181" t="inlineStr"/>
+          <t>Reviewed in the United States on December 6, 2025</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>Just soap</t>
+        </is>
+      </c>
       <c r="E181" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>I have ordered alot before the bottle changed. Loved it. Minty and foamy. Now nothing. No refreshing feeling. Just soap. To save it I'm adding my own tea tree and mint oil.</t>
         </is>
       </c>
       <c r="F181" t="b">
         <v>1</v>
       </c>
       <c r="G181" t="b">
         <v>1</v>
       </c>
       <c r="H181" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>22</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I181" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J181" t="n">
+        <v>1</v>
+      </c>
+      <c r="K181" t="n">
+        <v>0</v>
+      </c>
+      <c r="L181" t="inlineStr"/>
+      <c r="M181" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N181" t="inlineStr"/>
+      <c r="O181" t="inlineStr"/>
+      <c r="P181" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q181" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>Robert Martinez</t>
+          <t>freedom reader</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>2023-12-07</t>
-[...5 lines deleted...]
-      <c r="D182" t="inlineStr"/>
+          <t>Reviewed in the United States on March 26, 2025</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>Even more useless than Dr. Bronner's</t>
+        </is>
+      </c>
       <c r="E182" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>The good:
+- while tea tree oil based, this doesn't smell of tea tree oil at all, but of peppermint oil, which is a much smaller constituent ingredient in this "soap."
+The bad:
+- lathers exactly as much as Dr. Bronner's;
+- suggestion on the label to use sparingly, given the minimal lather, is ridiculous, but at least nothing on the label urges the user to dilute this garbage;
+- gel seems to run off washcloths and bare hands as fast as Dr. Bronner's (despite being demonstrably thicker, it lacks viscosity);
+- the pump--the dimwit who suggested this in whatever meeting should be tied to an Aeron chair and kneecapped in front of his/her coworkers. The thickness of the product, bottle shape, and soapy/wet environment virtually guarantees a frustration-filled shower at very best. They should have used one of those rocking cap lids and textured the bottle to support squeezing out the gel instead (well, maybe once they hit upon an effective formula for this stuff, for which I won't hold my breath).</t>
         </is>
       </c>
       <c r="F182" t="b">
         <v>1</v>
       </c>
       <c r="G182" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H182" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>17</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I182" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J182" t="n">
+        <v>-0.7448</v>
+      </c>
+      <c r="K182" t="n">
+        <v>-0.53</v>
+      </c>
+      <c r="L182" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N182" t="inlineStr"/>
+      <c r="O182" t="inlineStr"/>
+      <c r="P182" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q182" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>Jennifer Williams</t>
+          <t>Lilia Rodriguez</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>2024-01-11</t>
-[...5 lines deleted...]
-      <c r="D183" t="inlineStr"/>
+          <t>Reviewed in the United States on January 5, 2026</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>I can’t make it work and my arthritis doesn’t help. 😞</t>
+        </is>
+      </c>
       <c r="E183" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>I’m having a hard time opening the bottle and inserting the pump.</t>
         </is>
       </c>
       <c r="F183" t="b">
         <v>1</v>
       </c>
       <c r="G183" t="b">
         <v>1</v>
       </c>
       <c r="H183" t="inlineStr">
         <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I183" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I183" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>2</v>
+      <c r="J183" t="n">
+        <v>0</v>
+      </c>
+      <c r="K183" t="n">
+        <v>0</v>
+      </c>
+      <c r="L183" t="inlineStr"/>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N183" t="inlineStr"/>
+      <c r="O183" t="inlineStr"/>
+      <c r="P183" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q183" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>Jennifer Miller</t>
+          <t>A Little Loose for Compression Shirt</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>2024-02-12</t>
-[...5 lines deleted...]
-      <c r="D184" t="inlineStr"/>
+          <t>Reviewed in the United States on April 4, 2024</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>Good Stuff but give me back the Squeeze out Cap !!!</t>
+        </is>
+      </c>
       <c r="E184" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>Great stuff for sensitive skin. However, I prefer the cap for squeezing out the amount of body gel on my washcloth. It may use more but it is more convenient in the shower. The pump cap just does not allow me to get what I want on a washcloth in the shower. Plus, it is very difficult to pump when the bottle gets low on gel.
+Give me the option for either or send both with shipments.</t>
         </is>
       </c>
       <c r="F184" t="b">
         <v>1</v>
       </c>
       <c r="G184" t="b">
         <v>1</v>
       </c>
       <c r="H184" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I184" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J184" t="n">
+        <v>-0.8556</v>
+      </c>
+      <c r="K184" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L184" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M184" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N184" t="inlineStr"/>
+      <c r="O184" t="inlineStr"/>
+      <c r="P184" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q184" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>David Smith</t>
+          <t>Steven</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>2024-07-26</t>
-[...5 lines deleted...]
-      <c r="D185" t="inlineStr"/>
+          <t>Reviewed in the United States on December 29, 2023</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>Love the idea but not the product</t>
+        </is>
+      </c>
       <c r="E185" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Texture - 3/5 thicker than usual body wash, but doesn't spread as well.
+Cleanliness - 2/5 well, it has tea tree oil. It has a lot of natural ingredients (5/5 on the ingredients list), but as far as feeling fresh - 1/5 as soon as the water hits it, the scent is gone. Therefore it doesn't leave you feeling fresh or clean.
+Lather - 2/5 if you use a loofah, it does get sudsy for you. However, by hand, it doesn't really do much. It reminds me more of the cheap Walmart handsoap brand than a body wash.
+Smell - 1/5 smell is a very subtle tea tree scent, doesn't last, but is noticable coming out of the bottle. Once you rinse, there is no scent at all.
+Quality - 4/5 I do appreciate the natural ingredients and understand the complexity in curation
+Value - 2/5 overpriced, low in scent, natural ingredients but not mixed in a way that creates a scent worth this cost. For me, it's a regret purchase. There are many competitors that offer similar products that are cheaper, smell better, and last longer.
+Do not buy if you are looking for a minty, tea tree, or fresh scent coming out of the shower. Id only recommend this for someone looking for an all natural body wash (who can't find an alternative option).</t>
         </is>
       </c>
       <c r="F185" t="b">
         <v>1</v>
       </c>
       <c r="G185" t="b">
         <v>1</v>
       </c>
       <c r="H185" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>29</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I185" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J185" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K185" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L185" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M185" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N185" t="inlineStr"/>
+      <c r="O185" t="inlineStr"/>
+      <c r="P185" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q185" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>Robert Rodriguez</t>
+          <t>Al</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>2024-08-02</t>
-[...5 lines deleted...]
-      <c r="D186" t="inlineStr"/>
+          <t>Reviewed in the United States on June 2, 2020</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>lacks lather but still a good body wash</t>
+        </is>
+      </c>
       <c r="E186" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>This is a very mild body wash. My skin is not left dry. I figured it would be somewhat strong in terms of the aroma but it's actually a bit mild. It smells like mint chewing gum. Pleasant scent. I like that the ingredients are all natural. Price is a little high for my taste but this is a really good body wash. It cleans well and doesn't leave any film on my skin. My only complaint and it's a small one. The lather is lacking in, well lather. This body wash doesn't create a rich lather and I do prefer body washes that have a rich lather. If you're looking for something free of harsh chemicals, artificial ingredients, sulfates, parabens, etc. I would recommend this product. After using this more I need to say the lather is actually decent. For some reason the first few times it had a weak lather. I probably should have shaked the bottle. All in all, still a very good body wash.</t>
         </is>
       </c>
       <c r="F186" t="b">
         <v>1</v>
       </c>
       <c r="G186" t="b">
         <v>1</v>
       </c>
       <c r="H186" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I186" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>26</v>
+      <c r="I186" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J186" t="n">
+        <v>-0.6823</v>
+      </c>
+      <c r="K186" t="n">
+        <v>0</v>
+      </c>
+      <c r="L186" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr"/>
+      <c r="O186" t="inlineStr"/>
+      <c r="P186" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q186" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>Michael Williams</t>
+          <t>B4E1</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>2023-08-23</t>
-[...5 lines deleted...]
-      <c r="D187" t="inlineStr"/>
+          <t>Reviewed in the United States on March 12, 2020</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>Very pleasant scent but not overpowering</t>
+        </is>
+      </c>
       <c r="E187" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>Only used this a few times so I will update if anything changes with prolonged use. This has a really nice tea tree oil and peppermint scent to it but isn't overpowering. By the time you step out of the shower you can barely smell it anymore. The bodywash itself is a little bit tingly, probably from the peppermint. Your mileage may vary with that part. Seems to get you clean.
+The other major upside is that the bottle comes with three caps: a screw-on lid; a screw-on lid with a clickable pop-top like a shampoo bottle so you can turn the bottle upside down, squeeze the outside of the bottle and bodywash comes out; and a pump top like a soap dispenser. This is nice if you want to take a bottle with you to travel (not on an airplane, obviously) or you don't have a shelf in your shower. I've been using the pump top and it squirts a perfect amount of bodywash each time and doesn't seem to clog up so far.
+Great product and I'll definitely buy at least one more bottle before trying another brand.</t>
         </is>
       </c>
       <c r="F187" t="b">
         <v>1</v>
       </c>
       <c r="G187" t="b">
         <v>1</v>
       </c>
       <c r="H187" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>3</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I187" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J187" t="n">
+        <v>-0.3308</v>
+      </c>
+      <c r="K187" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="L187" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N187" t="inlineStr"/>
+      <c r="O187" t="inlineStr"/>
+      <c r="P187" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q187" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>Sarah Martinez</t>
+          <t>Dominic Garcia</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>2023-12-19</t>
-[...5 lines deleted...]
-      <c r="D188" t="inlineStr"/>
+          <t>Reviewed in the United States on February 17, 2022</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>Awesome smell, great for eczema</t>
+        </is>
+      </c>
       <c r="E188" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>All in all I love the soap, hence the 5 stars. The smell is awesome, a bit of a tingle. I feel it helps with my eczema. There are a lot of soaps that irritate my skin, make me break out or dry out. This does neither, I use lotion, like a sane person, to ensure I have wonderfully moist skin.
+(Have I said I enough yet?)
+Anywho, DO NOT USE THIS SHIZNAT ON YOUR FACE!
+Just wanted to make sure I mentioned that. A heads up helps sometimes.
+Uhm, what else. Ohk after I had used about ⅕ of the bottle I decided to dilute it. Partially because it's plenty potent to handle at least a 50/50 dilution. Mostly though, because the pump doesn't seem to handle the viscosity of the soap. The producer could probably fix that on their end, but if that results in a higher price for a spring that is a bit more beefy. Well. I think I can dilute it and save some added money there too.
+Always remember.
+Look good, feel good, seek discomfort.</t>
         </is>
       </c>
       <c r="F188" t="b">
         <v>1</v>
       </c>
       <c r="G188" t="b">
         <v>1</v>
       </c>
       <c r="H188" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>4</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I188" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J188" t="n">
+        <v>-0.2378</v>
+      </c>
+      <c r="K188" t="n">
+        <v>0</v>
+      </c>
+      <c r="L188" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M188" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N188" t="inlineStr"/>
+      <c r="O188" t="inlineStr"/>
+      <c r="P188" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q188" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>Patricia Jones</t>
+          <t>Tosha A.</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>2023-05-22</t>
-[...5 lines deleted...]
-      <c r="D189" t="inlineStr"/>
+          <t>Reviewed in the United States on April 27, 2025</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>The size of the bottle</t>
+        </is>
+      </c>
       <c r="E189" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>The bottle is ALOT smaller than pictured but it is 16 oz which is IMO misleading. It does smell good like the ocean. Felt very clean after 1 use.</t>
         </is>
       </c>
       <c r="F189" t="b">
         <v>1</v>
       </c>
       <c r="G189" t="b">
         <v>1</v>
       </c>
       <c r="H189" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>6</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I189" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J189" t="n">
+        <v>-0.5393</v>
+      </c>
+      <c r="K189" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L189" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N189" t="inlineStr"/>
+      <c r="O189" t="inlineStr"/>
+      <c r="P189" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q189" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>David Miller</t>
+          <t>jimmy</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>2023-03-06</t>
-[...5 lines deleted...]
-      <c r="D190" t="inlineStr"/>
+          <t>Reviewed in the United States on June 16, 2024</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>great body wash, but the pump needs a better design</t>
+        </is>
+      </c>
       <c r="E190" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>This tea tree body wash has been a game changer for my sensitive skin. It hydrates wonderfully and leaves a lasting fresh scent after each shower, making it a delight to use. The body wash formula itself is gentle and effective, which is a major plus for anyone with skin sensitivities.
+However, the bottle's pump design significantly detracts from the experience. It's incredibly hard to push down, and it takes too long to return to its original position, making it quite a hassle, especially when the bottle is low on gel. This issue becomes more pronounced over time, requiring more effort to get the necessary amount of body wash. While the product inside is excellent, the pump mechanism needs a serious redesign for better functionality.</t>
         </is>
       </c>
       <c r="F190" t="b">
         <v>1</v>
       </c>
       <c r="G190" t="b">
         <v>1</v>
       </c>
       <c r="H190" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>6</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I190" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J190" t="n">
+        <v>-0.6592</v>
+      </c>
+      <c r="K190" t="n">
+        <v>0</v>
+      </c>
+      <c r="L190" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N190" t="inlineStr"/>
+      <c r="O190" t="inlineStr"/>
+      <c r="P190" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q190" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>James Garcia</t>
+          <t>Corey</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>2024-03-22</t>
-[...5 lines deleted...]
-      <c r="D191" t="inlineStr"/>
+          <t>Reviewed in the United States on August 6, 2025</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>Non functioning bottles</t>
+        </is>
+      </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>I bought two bottles of this because my other body wash was out of stock. The lids were on tight so it leaked all inside the plastic it was wrapped in. Second both of the pumps on the bottle were non functioning. Third they use the smallest most obscure mouth on their bottles so I haven’t been able to snag a squeeze top of any other body wash or shampoo in the house… not impressed and I haven’t even used it yet</t>
         </is>
       </c>
       <c r="F191" t="b">
         <v>1</v>
       </c>
       <c r="G191" t="b">
         <v>1</v>
       </c>
       <c r="H191" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I191" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>21</v>
+      <c r="I191" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J191" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K191" t="n">
+        <v>-0.25</v>
+      </c>
+      <c r="L191" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M191" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N191" t="inlineStr"/>
+      <c r="O191" t="inlineStr"/>
+      <c r="P191" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q191" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>James Davis</t>
+          <t>gary</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>2024-06-25</t>
-[...5 lines deleted...]
-      <c r="D192" t="inlineStr"/>
+          <t>Reviewed in the United States on February 14, 2022</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>Excellent Product</t>
+        </is>
+      </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>For all the ignorant reviewers who do not know what Tee Tree and Eucalyptus oils smell like, buy yourself a couple small 1oz bottles, and stop leaving the uneducated reviews. They both have a scent similar to Turpentine. The reason for using them in this product is not for their wonderful fragrance but for the antibacterial and healing properties of both. I work construction and am required to wear safety gear, hardhats with liners and a lot of other work related items which take a tole on my skin and scalp. This product has cleared most of my skin, scalp and nail problems with the first bottle. I just put some in a washcloth and scrub the effected areas lightly - leave it on for a few minutes and rinse it off. You can decide by using what works best for you. It is working great for me and my second bottle is on the way. if you don't like the Turpentine smell buy a 1oz bottle of your favorite smelling oil and put some in. It's not rocket science it's medicine for your scalp, skin and nails.</t>
         </is>
       </c>
       <c r="F192" t="b">
         <v>1</v>
       </c>
       <c r="G192" t="b">
         <v>1</v>
       </c>
       <c r="H192" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I192" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J192" t="n">
+        <v>-0.7075</v>
+      </c>
+      <c r="K192" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="L192" t="inlineStr"/>
+      <c r="M192" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N192" t="inlineStr"/>
+      <c r="O192" t="inlineStr"/>
+      <c r="P192" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q192" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>David Smith</t>
+          <t>Silas Bowman</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>2024-09-18</t>
-[...5 lines deleted...]
-      <c r="D193" t="inlineStr"/>
+          <t>Reviewed in the United States on February 13, 2025</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>Meh</t>
+        </is>
+      </c>
       <c r="E193" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>For the price the bottle is small. The pump is sub par. Also the smell isn’t overpowering, yet in my opinion lacking. I didn’t notice any benefits from using this compared to any other run of the mill bodywash.</t>
         </is>
       </c>
       <c r="F193" t="b">
         <v>1</v>
       </c>
       <c r="G193" t="b">
         <v>1</v>
       </c>
       <c r="H193" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I193" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J193" t="n">
+        <v>0</v>
+      </c>
+      <c r="K193" t="n">
+        <v>0</v>
+      </c>
+      <c r="L193" t="inlineStr"/>
+      <c r="M193" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N193" t="inlineStr"/>
+      <c r="O193" t="inlineStr"/>
+      <c r="P193" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q193" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>Jennifer Davis</t>
+          <t>Ash</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>2024-01-08</t>
-[...5 lines deleted...]
-      <c r="D194" t="inlineStr"/>
+          <t>Reviewed in the United States on September 12, 2022</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>Refreshing!</t>
+        </is>
+      </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>This body wash smells amazing. It gives you a very refreshing feeling when you use it and makes you "feel" clean. I read other complaints about the bottle dispenser. It comes with a screw cap and a pump. The pump doesn't work the best at times. I've ordered this body wash and emptied the bottle twice. I don't know that I will order again though because the price is a bit steep compared to similar products. For instance, the Native Eucalyptus and Mint body wash is under 10 dollars for 18 ounces and under 15 dollars for 36 ounces. That body wash and others give the same/or similar scent and feeling for considerably less.</t>
         </is>
       </c>
       <c r="F194" t="b">
         <v>1</v>
       </c>
       <c r="G194" t="b">
         <v>1</v>
       </c>
       <c r="H194" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>8</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I194" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J194" t="n">
+        <v>-0.4579</v>
+      </c>
+      <c r="K194" t="n">
+        <v>0</v>
+      </c>
+      <c r="L194" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M194" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N194" t="inlineStr"/>
+      <c r="O194" t="inlineStr"/>
+      <c r="P194" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q194" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>David Rodriguez</t>
+          <t>CharlieG61</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>2024-06-27</t>
-[...5 lines deleted...]
-      <c r="D195" t="inlineStr"/>
+          <t>Reviewed in the United States on October 27, 2023</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>PUMP SIZE.....</t>
+        </is>
+      </c>
       <c r="E195" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>While the soap is good, the container is a joke if you're handicapped from a stroke such as myself. You have only one usable arm and hand. And for as THICK AND HEAVY the liquid, trying to handle the bottle and operating the pump WITH TOO NARROW A PICKUP TUBE to apply the soap to a washcloth just doesn't work. A normal flip top cap would be more appropriate.</t>
         </is>
       </c>
       <c r="F195" t="b">
         <v>1</v>
       </c>
       <c r="G195" t="b">
         <v>1</v>
       </c>
       <c r="H195" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>8</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I195" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J195" t="n">
+        <v>-0.6512</v>
+      </c>
+      <c r="K195" t="n">
+        <v>0</v>
+      </c>
+      <c r="L195" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M195" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N195" t="inlineStr"/>
+      <c r="O195" t="inlineStr"/>
+      <c r="P195" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q195" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>Jennifer Williams</t>
+          <t>Deborah B.</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>2023-06-20</t>
-[...5 lines deleted...]
-      <c r="D196" t="inlineStr"/>
+          <t>Reviewed in the United States on February 16, 2025</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>Product isn’t protected for breakages.</t>
+        </is>
+      </c>
       <c r="E196" t="inlineStr">
         <is>
-          <t>Clean bottle design with a small cap that is easy to use. The large container holds plenty of detergent.</t>
+          <t>Product is good enough, 1st use. My complaint is with the packaging. The pump to get product out of bottle was broken, even though it had a cellophane seal over the bottle. No pump to use properly.😩</t>
         </is>
       </c>
       <c r="F196" t="b">
         <v>1</v>
       </c>
       <c r="G196" t="b">
         <v>1</v>
       </c>
       <c r="H196" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>5</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I196" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J196" t="n">
+        <v>-0.8416</v>
+      </c>
+      <c r="K196" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L196" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M196" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N196" t="inlineStr"/>
+      <c r="O196" t="inlineStr"/>
+      <c r="P196" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q196" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>Jennifer Rodriguez</t>
+          <t>FLAnTexas</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>2024-10-19</t>
-[...5 lines deleted...]
-      <c r="D197" t="inlineStr"/>
+          <t>Reviewed in the United States on August 5, 2022</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>Looks are deceiving!</t>
+        </is>
+      </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>I really liked this soap and it actually works well for me. Unfortunately, as of today, I will no longer buy or order it. I didn't remember that I told myself after my last purchase that I wasn't ordering this any more, and upon it's receipt today I quickly remembered why. My issue is they have a 32oz bottle pictured and if you're not paying much attention, you don't realize you're only getting the 16oz bottle for that price.
+Like I said, it's a good soap but I've already put a 32oz replacement (cost $3 more with 99% of the same ingredients) in my cart as a reminder not to get this one anymore.
+Basically, I removed stars for the "subliminal size" portrayed with no option to purchase the size actually pictured. Another reason is the price compared to the size (16oz) received and its smell.
+To be honest, this soap is really thick with a consistency worst than trying to squirt or pour honey. I mix 1/4 of the soap with a little less than 1/2 of 22oz bottle of Pomegranate Dove Body Wash and fill the remaining of the bottle with water to dilute the potency of it's scent and provide a bit thinner but smooth creamy like texture. I found it actually lathers more when mixed this way too!
+The fact that I'm actually buying 2 soaps to compensate for one/spending an additional $12 for Dove defeats the purpose. Needless to say, these issues (although small to some), are a downside for me as to why I'm switching.</t>
         </is>
       </c>
       <c r="F197" t="b">
         <v>1</v>
       </c>
       <c r="G197" t="b">
         <v>1</v>
       </c>
       <c r="H197" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>5</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I197" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J197" t="n">
+        <v>-0.7393</v>
+      </c>
+      <c r="K197" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L197" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M197" t="inlineStr">
+        <is>
+          <t>bottle</t>
+        </is>
+      </c>
+      <c r="N197" t="inlineStr"/>
+      <c r="O197" t="inlineStr"/>
+      <c r="P197" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q197" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>Patricia Jones</t>
+          <t>Gil</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>2023-12-22</t>
-[...5 lines deleted...]
-      <c r="D198" t="inlineStr"/>
+          <t>Reviewed in the United States on May 29, 2024</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>different??</t>
+        </is>
+      </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>I’ve bought this before, when the bottle was a solid color with a white cap that you could pop open. Now the bottle is “clear” with a black screw-on cap. There seems to be a change in formula; the scent is less minty and smells much more “herbal.” There’s also less of the cooling effect that the previous formula had, and is very faint now. The amount of lather for the same amount of body wash has decreased too. Wish I still had the old bottle to see the ingredients. Also there’s this plastic plug that was very difficult to pry out.</t>
         </is>
       </c>
       <c r="F198" t="b">
         <v>1</v>
       </c>
       <c r="G198" t="b">
         <v>1</v>
       </c>
       <c r="H198" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I198" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J198" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K198" t="n">
+        <v>-0.25</v>
+      </c>
+      <c r="L198" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M198" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N198" t="inlineStr"/>
+      <c r="O198" t="inlineStr"/>
+      <c r="P198" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q198" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>Jennifer Johnson</t>
+          <t>Angie</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>2023-04-17</t>
-[...5 lines deleted...]
-      <c r="D199" t="inlineStr"/>
+          <t>Reviewed in the United States on August 22, 2020</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>Buy It!</t>
+        </is>
+      </c>
       <c r="E199" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>Hands down after a stressful day or week nothing makes me more happy than using this delious product. The fact that its healthy for my skin &amp; works well on my sensitive skin is what I love the most about this product. At first I thought that it was not very lathery but I realised that its b/c its not full of all those unhealthy chemicals that I was used to. I always use it now! I'm almost done with it &amp; will be buying it again!
+Great proce for such a large bottle. I just wish the bottle wasn't in plastic but I understand that everything is nowadays..
+I highly recommend anyone looking to purchase ** purchase it!***
+You will not be dissapointed.
+I even got a compliment from my bf about how much softer my skin is &amp; how fresh I smell vrs. "flowery" from the other products I've use.
+GREAT STUFF I will buy other products from this brand.. .</t>
         </is>
       </c>
       <c r="F199" t="b">
         <v>1</v>
       </c>
       <c r="G199" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H199" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>21</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I199" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J199" t="n">
+        <v>-0.1286</v>
+      </c>
+      <c r="K199" t="n">
+        <v>0</v>
+      </c>
+      <c r="L199" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M199" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N199" t="inlineStr"/>
+      <c r="O199" t="inlineStr"/>
+      <c r="P199" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q199" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>John Rodriguez</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>2023-11-21</t>
-[...5 lines deleted...]
-      <c r="D200" t="inlineStr"/>
+          <t>Reviewed in the United States on January 27, 2026</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>Beware.</t>
+        </is>
+      </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>REICED QUICKLY. NOT SURE WHAT THE MAKEUP IS FOR THE PRODUCT. SUPER PLASTICITY GELL AND NOT A VERY GOOD SMELL. WOULD NOT BUY AGAIN. DO NOT RECOMMEND TO OTHERS.</t>
         </is>
       </c>
       <c r="F200" t="b">
         <v>1</v>
       </c>
       <c r="G200" t="b">
         <v>0</v>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>24</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I200" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J200" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K200" t="inlineStr"/>
+      <c r="L200" t="inlineStr"/>
+      <c r="M200" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N200" t="inlineStr"/>
+      <c r="O200" t="inlineStr"/>
+      <c r="P200" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q200" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>Robert Martinez</t>
+          <t>cheezburger101009</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>2023-07-05</t>
-[...5 lines deleted...]
-      <c r="D201" t="inlineStr"/>
+          <t>Reviewed in the United States on January 22, 2026</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>Stinky</t>
+        </is>
+      </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>Doesn’t seem like it actually contains any tea tree oil. No trace of tea tree scent at all. Smells strongly of chemicals, like peppermint and burning plastic.</t>
         </is>
       </c>
       <c r="F201" t="b">
         <v>1</v>
       </c>
       <c r="G201" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I201" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J201" t="n">
+        <v>0</v>
+      </c>
+      <c r="K201" t="inlineStr"/>
+      <c r="L201" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M201" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N201" t="inlineStr"/>
+      <c r="O201" t="inlineStr"/>
+      <c r="P201" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q201" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>David Garcia</t>
+          <t>Travis R.</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>2024-06-04</t>
-[...5 lines deleted...]
-      <c r="D202" t="inlineStr"/>
+          <t>Reviewed in the United States on May 9, 2025</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>Shipping</t>
+        </is>
+      </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>Low stars are strictly because when it came a lot was already spilled in plastic wrap as well as the pump was broken. Lucking have another pump but can't get back all that was wasted. Personally never had a station like this so I know it can be done.</t>
         </is>
       </c>
       <c r="F202" t="b">
         <v>1</v>
       </c>
       <c r="G202" t="b">
         <v>1</v>
       </c>
       <c r="H202" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>17</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I202" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J202" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K202" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L202" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M202" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N202" t="inlineStr"/>
+      <c r="O202" t="inlineStr"/>
+      <c r="P202" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q202" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>James Williams</t>
+          <t>Dk Design’s</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>2024-09-18</t>
-[...5 lines deleted...]
-      <c r="D203" t="inlineStr"/>
+          <t>Reviewed in the United States on October 1, 2024</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>Didn't even come with a pump.</t>
+        </is>
+      </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>My bottle didn't come with a pump like it's shown in the pictures. The plastic cap on it was broken and in pieces when I recieved it. But overall I like the body wash.</t>
         </is>
       </c>
       <c r="F203" t="b">
         <v>1</v>
       </c>
       <c r="G203" t="b">
         <v>1</v>
       </c>
       <c r="H203" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I203" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>12</v>
+      <c r="I203" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J203" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K203" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L203" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M203" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N203" t="inlineStr"/>
+      <c r="O203" t="inlineStr"/>
+      <c r="P203" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q203" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>Sarah Johnson</t>
+          <t>RC</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>2023-08-20</t>
-[...5 lines deleted...]
-      <c r="D204" t="inlineStr"/>
+          <t>Reviewed in the United States on December 3, 2024</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>Strips Skin</t>
+        </is>
+      </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>It effectively calmed my itching skin for about 2 minutes. This is really drying though. It’s a decent value but Tea tree oil is not the number one ingredient. This is primarily water.
+It also contains peppermint oil. The soap quality is low as it does not lather even with a loofah. I’d recommend combining it with a moisturizing body wash and slathering on extra lotion afterwards.
+Arrived damaged and the body wash was spilled inside the plastic. Very unhappy.</t>
         </is>
       </c>
       <c r="F204" t="b">
         <v>1</v>
       </c>
       <c r="G204" t="b">
         <v>1</v>
       </c>
       <c r="H204" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I204" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J204" t="n">
+        <v>-0.8866000000000001</v>
+      </c>
+      <c r="K204" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L204" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M204" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N204" t="inlineStr"/>
+      <c r="O204" t="inlineStr"/>
+      <c r="P204" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q204" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>Sarah Williams</t>
+          <t>Donna Thomas</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>2024-08-01</t>
-[...5 lines deleted...]
-      <c r="D205" t="inlineStr"/>
+          <t>Reviewed in the United States on December 3, 2025</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>No pump with product</t>
+        </is>
+      </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Product came damaged. Plastic torn off on priduct. No pump to use this product. False advertising. Bottle in picture makes it look bigger than it is. Not happy with product at all.</t>
         </is>
       </c>
       <c r="F205" t="b">
         <v>1</v>
       </c>
       <c r="G205" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H205" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>6</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I205" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J205" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K205" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L205" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M205" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N205" t="inlineStr"/>
+      <c r="O205" t="inlineStr"/>
+      <c r="P205" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q205" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>John Rodriguez</t>
+          <t>Deneen Peterson</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>2023-10-06</t>
-[...5 lines deleted...]
-      <c r="D206" t="inlineStr"/>
+          <t>Reviewed in the United States on October 22, 2025</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>Dissatisfied Customer</t>
+        </is>
+      </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>All the reviews mentioned that the packaging wasn't the best, and for some reason, I thought I would be the exception. The bottle was a mess, with the wash inside the plastic, and on top of that, the pump didn't work. Now I need to think of an alternative to use the wash.</t>
         </is>
       </c>
       <c r="F206" t="b">
         <v>1</v>
       </c>
       <c r="G206" t="b">
         <v>1</v>
       </c>
       <c r="H206" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>7</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I206" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J206" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K206" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L206" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M206" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N206" t="inlineStr"/>
+      <c r="O206" t="inlineStr"/>
+      <c r="P206" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q206" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>David Davis</t>
+          <t>R S</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>2024-10-01</t>
-[...5 lines deleted...]
-      <c r="D207" t="inlineStr"/>
+          <t>Reviewed in the United States on September 9, 2020</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>Love this stuff</t>
+        </is>
+      </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Love this stuff, Amazon shipped this bottled tea tree soap mix in a big box with another item, but there was a lot of empty space in the box, no air pocket bags or filler. The other item was plastic wrapped. These came USPS, so they have seem a lot of action.
+Last week they sent one small item in a big box with tons of the protective filler plastic air bags. I think they are overworked. Still have to check to see how much soap leaked.
+Great Product!</t>
         </is>
       </c>
       <c r="F207" t="b">
         <v>1</v>
       </c>
       <c r="G207" t="b">
         <v>1</v>
       </c>
       <c r="H207" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I207" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>16</v>
+      <c r="I207" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J207" t="n">
+        <v>-0.4359</v>
+      </c>
+      <c r="K207" t="n">
+        <v>-0.1708</v>
+      </c>
+      <c r="L207" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M207" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N207" t="inlineStr"/>
+      <c r="O207" t="inlineStr"/>
+      <c r="P207" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q207" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>Robert Johnson</t>
+          <t>Sam</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>2024-09-27</t>
-[...5 lines deleted...]
-      <c r="D208" t="inlineStr"/>
+          <t>Reviewed in the United States on January 29, 2024</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>Clearly the Formula, Package, &amp; Closure Has Changed</t>
+        </is>
+      </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>I’ve purchased this product 8 times over the past year. The bottle that arrived in January 2024 indicates a new Manufacturer/Distributor. Clearly, the new owners didn’t appreciate the previous version of the product as, everything was changed. The viscosity is now no longer a gel. It has been changed to the consistency of water - totally garbage. The smell has changed as well, of course evidence that the ingredients have been modified. Best I can describe the new smell is something akin to an automotive cleaner. Instead of keeping the induction seal they swapped it with some insanely useless hard plastic stopper. When I squeezed the bottle to get it out I lost 10% of the contents. Hey guys - if you’re going to add a pump to the BOM make sure it utilizes a working actuator. After trying to use 1x it went directly to the garbage. Marketing folks taking liberties and destroying the brand or, a procurement decision based solely on lowering COGS. Net-net, you ruined a great product.</t>
         </is>
       </c>
       <c r="F208" t="b">
         <v>1</v>
       </c>
       <c r="G208" t="b">
         <v>1</v>
       </c>
       <c r="H208" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>10</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I208" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J208" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="K208" t="n">
+        <v>-0.1667</v>
+      </c>
+      <c r="L208" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M208" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N208" t="inlineStr"/>
+      <c r="O208" t="inlineStr"/>
+      <c r="P208" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q208" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>Robert Rodriguez</t>
+          <t>James</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>2023-12-27</t>
-[...5 lines deleted...]
-      <c r="D209" t="inlineStr"/>
+          <t>Reviewed in the United States on September 2, 2021</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>Better Priced Alternative Brands at Discount Stores</t>
+        </is>
+      </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>This item cost me 3x the price as a similar product I purchased at a discount big box store. The first thing I noticed is the fragrance wasn't to my liking. The bottle is made of such thin plastic that it has collapsed a bit from pumping. I'll pass on reordering this item and buy a different brand of Tea Tree Oil soap next time. Much too expensive for what I got and what I can get elsewhere.</t>
         </is>
       </c>
       <c r="F209" t="b">
         <v>1</v>
       </c>
       <c r="G209" t="b">
         <v>1</v>
       </c>
       <c r="H209" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I209" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>7</v>
+      <c r="I209" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J209" t="n">
+        <v>0</v>
+      </c>
+      <c r="K209" t="n">
+        <v>0</v>
+      </c>
+      <c r="L209" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M209" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N209" t="inlineStr"/>
+      <c r="O209" t="inlineStr"/>
+      <c r="P209" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q209" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>David Martinez</t>
+          <t>Michele G</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>2024-03-25</t>
-[...5 lines deleted...]
-      <c r="D210" t="inlineStr"/>
+          <t>Reviewed in the United States on December 14, 2022</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>Not what I hoped for!</t>
+        </is>
+      </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>Clean bottle design with a small cap that is easy to use. The large container holds plenty of detergent.</t>
+          <t>A friend bought a tea tree body wash for me so I was hoping this was the same one but it wasn’t. Some people in the comments said the smell was too strong but mine was weak! There was no plunger and the bottle is thick plastic so it’s hard to squeeze.</t>
         </is>
       </c>
       <c r="F210" t="b">
         <v>1</v>
       </c>
       <c r="G210" t="b">
         <v>1</v>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>27</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I210" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J210" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K210" t="n">
+        <v>-0.84</v>
+      </c>
+      <c r="L210" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M210" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N210" t="inlineStr"/>
+      <c r="O210" t="inlineStr"/>
+      <c r="P210" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q210" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>James Johnson</t>
+          <t>Kimberly</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>2024-06-23</t>
-[...5 lines deleted...]
-      <c r="D211" t="inlineStr"/>
+          <t>Reviewed in the United States on March 16, 2025</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>Delivered with a mess</t>
+        </is>
+      </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Click to play video
+Received the item and it has been leaking inside the plastic wrap. It has a hole in the top of the bottle.</t>
         </is>
       </c>
       <c r="F211" t="b">
         <v>1</v>
       </c>
       <c r="G211" t="b">
         <v>1</v>
       </c>
       <c r="H211" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>7</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I211" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J211" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K211" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L211" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M211" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N211" t="inlineStr"/>
+      <c r="O211" t="inlineStr"/>
+      <c r="P211" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q211" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>Lisa Brown</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
-[...5 lines deleted...]
-      <c r="D212" t="inlineStr"/>
+          <t>Reviewed in the United States on November 21, 2022</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>No dispensing pump or transparent bottle</t>
+        </is>
+      </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>I purchased this product because of dispensing pump, bottle did not come with one I hate ordering something and when received it’s not as advertised also advertised with a transparent bottle, mine is in a plastic one. I’m done.</t>
         </is>
       </c>
       <c r="F212" t="b">
         <v>1</v>
       </c>
       <c r="G212" t="b">
         <v>1</v>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>22</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I212" t="inlineStr">
+        <is>
+          <t>anger</t>
+        </is>
+      </c>
+      <c r="J212" t="n">
+        <v>-0.6048</v>
+      </c>
+      <c r="K212" t="n">
+        <v>-0.6048</v>
+      </c>
+      <c r="L212" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M212" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N212" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Jan_review1_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O212" t="inlineStr"/>
+      <c r="P212" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q212" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>Sarah Brown</t>
+          <t>OCD_OBD</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
-[...5 lines deleted...]
-      <c r="D213" t="inlineStr"/>
+          <t>Reviewed in the United States on October 29, 2021</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>poor packaging still</t>
+        </is>
+      </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>I can see from the older reviews that they've still not addressed the packaging issues that have been clearly identified. Mine arrived with the wash leaked all over. The problem is that the foil seal is not effective. And the cap backs off. They need a simple update with a plastic formed wrap to keep the cap in place and/ or a better adhesive to keep the foil from separating from the bottle.
+The wash itself is okay. It's not very strong. And really needs a poof to get any sort of lather going.</t>
         </is>
       </c>
       <c r="F213" t="b">
         <v>1</v>
       </c>
       <c r="G213" t="b">
         <v>1</v>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>29</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I213" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J213" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K213" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="L213" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M213" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N213" t="inlineStr"/>
+      <c r="O213" t="inlineStr"/>
+      <c r="P213" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q213" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>Maria Martinez</t>
+          <t>David</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>2024-02-03</t>
-[...5 lines deleted...]
-      <c r="D214" t="inlineStr"/>
+          <t>Reviewed in the United States on December 11, 2023</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>Whoever thought changing the under-lid to this should be fired</t>
+        </is>
+      </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>This is a great bodywash, been using it for a while now.
+But seriously, whoever thought changing the under-lid to this should be fired.
+The old lid was a thin piece of plastic that could easily be removed using your finger. This is a thick, hard piece of plastic that would not come off at all under I stabbed it repeatedly with metal scissors and then pried it off.
+This is degeneracy. I shouldn't need a pair of scissors, or some other metal object, to gain access to my bodywash. It's absurd.
+The bodywash itself is great but this packaging is some of the worst design for any invention ever.</t>
         </is>
       </c>
       <c r="F214" t="b">
         <v>1</v>
       </c>
       <c r="G214" t="b">
         <v>1</v>
       </c>
       <c r="H214" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I214" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>30</v>
+      <c r="I214" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J214" t="n">
+        <v>-0.597</v>
+      </c>
+      <c r="K214" t="n">
+        <v>-0.4414</v>
+      </c>
+      <c r="L214" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M214" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N214" t="inlineStr"/>
+      <c r="O214" t="inlineStr"/>
+      <c r="P214" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q214" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>David Williams</t>
+          <t>AmazonCustomer</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>2024-02-04</t>
-[...5 lines deleted...]
-      <c r="D215" t="inlineStr"/>
+          <t>Reviewed in the United States on August 18, 2024</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>Could not open</t>
+        </is>
+      </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>I have written to you before that the plastic top under the screw off top cannot be removed even using a knife. I don’t think I should hav e to send pictures or anything else you should have just replaced it. The return window has closed while I was writing you so I will take the loss on this product but I am not happy with your customer service products sold on amazon are usually better than this.</t>
         </is>
       </c>
       <c r="F215" t="b">
         <v>1</v>
       </c>
       <c r="G215" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H215" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I215" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>8</v>
+      <c r="I215" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J215" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K215" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L215" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M215" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N215" t="inlineStr"/>
+      <c r="O215" t="inlineStr"/>
+      <c r="P215" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q215" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>Jennifer Johnson</t>
+          <t>S. Matt</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
-[...5 lines deleted...]
-      <c r="D216" t="inlineStr"/>
+          <t>Reviewed in the United States on January 8, 2023</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>Smell isn't pleasant.</t>
+        </is>
+      </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>I love tea tree oil, eucalyptus, and mint for body soaps. Just feel really clean, but this has a melting plastic smell out of the bottle. Obviously the smell doesn't linger on your skin for long. Just an unpleasant smell. Not that I was looking for this soap to clear any skin issues or moisturize, but every since using it, my skin feels extra dry too.</t>
         </is>
       </c>
       <c r="F216" t="b">
         <v>1</v>
       </c>
       <c r="G216" t="b">
         <v>1</v>
       </c>
       <c r="H216" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>16</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I216" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J216" t="n">
+        <v>-0.8231000000000001</v>
+      </c>
+      <c r="K216" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L216" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M216" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N216" t="inlineStr"/>
+      <c r="O216" t="inlineStr"/>
+      <c r="P216" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q216" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>Sarah Smith</t>
+          <t>Brian &amp; Moriah</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>2024-06-28</t>
-[...5 lines deleted...]
-      <c r="D217" t="inlineStr"/>
+          <t>Reviewed in the United States on July 31, 2022</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>Like washing yourself with potting soil</t>
+        </is>
+      </c>
       <c r="E217" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Seriously though... this stuff smells like dirt. I've used it twice and both times, I've gone back and used my old body wash because this goo left my skin smelling funky. Don't let the product name fool you either. If you're expecting a tingle on your skin like you're using a product with tea tree oil in it... forget it. I'd pour the rest down the drain and be done with it but it seems unfair to make the sewage smell like this stuff. With any luck, the plastic bottle will contain this funky residue till long after I'm gone and the next generation will find a way to dispose of it responsibly.</t>
         </is>
       </c>
       <c r="F217" t="b">
         <v>1</v>
       </c>
       <c r="G217" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H217" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I217" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>15</v>
+      <c r="I217" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J217" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K217" t="n">
+        <v>0</v>
+      </c>
+      <c r="L217" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M217" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N217" t="inlineStr"/>
+      <c r="O217" t="inlineStr"/>
+      <c r="P217" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q217" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>Sarah Davis</t>
+          <t>Bruce Maxwell</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>2024-05-01</t>
-[...5 lines deleted...]
-      <c r="D218" t="inlineStr"/>
+          <t>Reviewed in the United States on May 2, 2025</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>Product is good, but the package used terrible and always and seen the pump</t>
+        </is>
+      </c>
       <c r="E218" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>This is the second time I've ordered this product and it is not come with the pump and the plastic is always broken. I would like for you to send me a pump.</t>
         </is>
       </c>
       <c r="F218" t="b">
         <v>1</v>
       </c>
       <c r="G218" t="b">
         <v>1</v>
       </c>
       <c r="H218" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I218" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>7</v>
+      <c r="I218" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J218" t="n">
+        <v>-0.84</v>
+      </c>
+      <c r="K218" t="n">
+        <v>-0.84</v>
+      </c>
+      <c r="L218" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M218" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N218" t="inlineStr"/>
+      <c r="O218" t="inlineStr"/>
+      <c r="P218" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q218" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>John Jones</t>
+          <t>Keep Shopping</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
-[...5 lines deleted...]
-      <c r="D219" t="inlineStr"/>
+          <t>Reviewed in the United States on November 21, 2025</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>Very creamy and moisturizing but defective pump</t>
+        </is>
+      </c>
       <c r="E219" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>The body wash arrived safely packaged, wrapped in protective plastic. There was a twist-off cap on the bottle and a separately included pump, I am assuming to prevent leaks in transit. The bottle arrived without damage. It is 16fl oz in size.
+My impressions:
+- the smell is wonderful; it is not overpowering and smells like coconuts
+- the texture is thick and creamy and I also found it perfect for shaving
+- after rinsing, the skin feels soft and moisturized
+- I like that it has no sulfates or parabens
+- the color of the bottle matches the color of the body wash, which I liked
+- packaging the pump separately seems effective for shipping but I did receive a defective pump; after twisting it countless times in the "open" direction, it still did not pop open, which did affect the ease of use for me because I have to fully untwist it each time, which is not convenient
+- the product is effective and does not leave my skin feeling tight or pulled
+- the product is gentle enough to be used daily and I did not experience any breakouts or irritation
+Overall, pleased with the quality but do wish the pump worked. 4/5</t>
         </is>
       </c>
       <c r="F219" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G219" t="b">
         <v>1</v>
       </c>
       <c r="H219" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>10</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I219" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J219" t="n">
+        <v>-0.6385</v>
+      </c>
+      <c r="K219" t="n">
+        <v>0.06850000000000001</v>
+      </c>
+      <c r="L219" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M219" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N219" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Keep_Shopping_review1_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O219" t="inlineStr"/>
+      <c r="P219" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q219" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>Jennifer Smith</t>
+          <t>RadiantCrescendo</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>2023-03-04</t>
-[...5 lines deleted...]
-      <c r="D220" t="inlineStr"/>
+          <t>Reviewed in the United States on November 14, 2025</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>Pretty good</t>
+        </is>
+      </c>
       <c r="E220" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>4 stars, it's pretty good but nothing about it really strikes me as excellent or outstanding. It smells good, the scent makes me think of cake batter and a light coconut note. The fragrance does not linger on my skin after my shower though, like I just used it in the shower about 10 minutes ago and I don't smell it on my skin at all now. It gets nice and foamy and cleans well, it's gentle but not especially hydrating. It mousturizes about as well as most other body washes I have tried. I strongly dislike the pump, I wish that it had a flip cap. I had a lot of trouble unlocking the nozzle part of the pump, and then when I finally got that working it took about a hundred pumps to get any soap to come out. It pumps out a small amount then takes a little too long to come back up so I can pump more out. It's also a waste of plastic. I'd rather just pour or squeeze it out. Other than the flimsy pump it's decent. I honestly probably won't buy it again in the future though, it's not my favorite body wash.</t>
         </is>
       </c>
       <c r="F220" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G220" t="b">
         <v>1</v>
       </c>
       <c r="H220" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>10</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I220" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J220" t="n">
+        <v>-0.4674</v>
+      </c>
+      <c r="K220" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L220" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M220" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N220" t="inlineStr"/>
+      <c r="O220" t="inlineStr"/>
+      <c r="P220" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q220" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>Lisa Davis</t>
+          <t>Harnell</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>2024-08-23</t>
-[...5 lines deleted...]
-      <c r="D221" t="inlineStr"/>
+          <t>Reviewed in the United States on November 23, 2025</t>
+        </is>
+      </c>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>Hydrating shea body wash: subtle scent, low suds, smooth skin</t>
+        </is>
+      </c>
       <c r="E221" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>When you remove the cap to insert the pump, you’ll find a snug plastic plug in the opening. The pump itself needs to be turned to unlock, which is easier to do before inserting it into the bottle. Each pump dispenses a small amount; while the product goes a long way, I typically need three pumps. It does pump easily and produces a consistent amount with each pump.
+The body wash has a thick, pearlescent consistency rather than a gel. It produces minimal suds, which makes it harder to gauge how much to use. The fragrance is a subtle, buttery scent typical of shea butter and lasts well after rinsing off. After use, my skin feels smooth, hydrated, and free of residue, as the wash rinses cleanly.
+The formula combines strong and mild surfactants for cleansing, along with moisturizers such as glycerin and shea butter. After a week of use, I can confirm that my old, dry skin feels noticeably better.</t>
         </is>
       </c>
       <c r="F221" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G221" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H221" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>1</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I221" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J221" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K221" t="n">
+        <v>0</v>
+      </c>
+      <c r="L221" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M221" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N221" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Harnell_review3_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O221" t="inlineStr"/>
+      <c r="P221" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q221" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>James Johnson</t>
+          <t>Melissa Parcel</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>2023-08-13</t>
-[...5 lines deleted...]
-      <c r="D222" t="inlineStr"/>
+          <t>Reviewed in the United States on November 12, 2025</t>
+        </is>
+      </c>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>Great Ingredients but STRONG Smell</t>
+        </is>
+      </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>Clean bottle design with a small cap that is easy to use. The large container holds plenty of detergent.</t>
+          <t>This is a great body wash, but the scent is STRONG. If you like jasmine, you will really like this body wash. If you don't like it I would recommend you steer clear. For me it is a bit too strong and overpowering.
+Although this is a fairly large bottle (16 ounces) I think the price is a bit steep at $19.99 as of this writing. It lathered really well on my silicone sponge and my skin felt very soft and moisturized.
+This comes with a number of caps and closures and I'm not sure which ones are needed to make the pump work, I have been unable to get it to work. Overall I think it's a waste of plastic to include a pump, tube, inner plastic piece, and regular twist on cap. Especially if we're meant to throw away two of those four items, and the bottle comes shrink wrapped in plastic so I don't think leakage is possible at all.
+Overall, if you like the scent of jasmine you will love this as it has great ingredients and leaves out the ones that are harsh on the skin.</t>
         </is>
       </c>
       <c r="F222" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G222" t="b">
         <v>1</v>
       </c>
       <c r="H222" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>7</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I222" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J222" t="n">
+        <v>-0.5721000000000001</v>
+      </c>
+      <c r="K222" t="n">
+        <v>-0.25</v>
+      </c>
+      <c r="L222" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M222" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N222" t="inlineStr"/>
+      <c r="O222" t="inlineStr"/>
+      <c r="P222" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q222" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>Sarah Martinez</t>
+          <t>Tina</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>2024-12-20</t>
-[...5 lines deleted...]
-      <c r="D223" t="inlineStr"/>
+          <t>Reviewed in the United States on October 22, 2021</t>
+        </is>
+      </c>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>Item packaging not as described</t>
+        </is>
+      </c>
       <c r="E223" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>Actually comes in full plastic, not steel as shown in the pic</t>
         </is>
       </c>
       <c r="F223" t="b">
         <v>1</v>
       </c>
       <c r="G223" t="b">
         <v>1</v>
       </c>
       <c r="H223" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>20</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I223" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J223" t="n">
+        <v>0</v>
+      </c>
+      <c r="K223" t="n">
+        <v>0</v>
+      </c>
+      <c r="L223" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M223" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N223" t="inlineStr"/>
+      <c r="O223" t="inlineStr"/>
+      <c r="P223" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q223" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>Patricia Johnson</t>
+          <t>JlSmith</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>2023-08-08</t>
-[...5 lines deleted...]
-      <c r="D224" t="inlineStr"/>
+          <t>Reviewed in the United States on February 14, 2021</t>
+        </is>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>Not this same as 1st purchase, smells like NASTY PLASTIC!</t>
+        </is>
+      </c>
       <c r="E224" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>2nd purchase. 1st purchase was great. I still have some of the 1st left, so it was easy to compare to confirm that I'm not nuts. Tea tree and peppermint are both very bold and distinct smells. This 2nd bottle has ZERO of either! Instead, it has this nasty plastic smell to it. Nor does it have any tea tree effects. Very disappointed. Returning for a refund and NEVER purchasing again!</t>
         </is>
       </c>
       <c r="F224" t="b">
         <v>1</v>
       </c>
       <c r="G224" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H224" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I224" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J224" t="n">
+        <v>-0.602</v>
+      </c>
+      <c r="K224" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L224" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M224" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N224" t="inlineStr"/>
+      <c r="O224" t="inlineStr"/>
+      <c r="P224" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q224" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>Jennifer Jones</t>
+          <t>Andrew R.</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>2023-08-23</t>
-[...5 lines deleted...]
-      <c r="D225" t="inlineStr"/>
+          <t>Reviewed in the United States on October 14, 2025</t>
+        </is>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>Has micro beads</t>
+        </is>
+      </c>
       <c r="E225" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>I got the cinnamon scent is which is pleasant, but you could also smell the ginger coupled with it which I wasn't a big fan of. I appreciate the fact that they've plugged the shampoo with an air tight seal. Always check for that when buying items because some might not even have a seal which compromises the freshness of the product.
+I noticed it doesnt lather very well, so its difficult to foam up and allow me to wash my whole body. I find myself pumping 1-2 extra times for a full body wash.
+The body wash does have micro beads to help with exfoliating but I thought it was banned due to how it affects marine life because it isn't biodegradable. I'm not sure if these are the same plastic beads but do keep that in mind...</t>
         </is>
       </c>
       <c r="F225" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G225" t="b">
         <v>1</v>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>4</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I225" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J225" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K225" t="n">
+        <v>-0.25</v>
+      </c>
+      <c r="L225" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M225" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N225" t="inlineStr"/>
+      <c r="O225" t="inlineStr"/>
+      <c r="P225" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q225" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>Lisa Jones</t>
+          <t>👷🏼‍♂️ and 👷🏻</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>2024-08-01</t>
-[...5 lines deleted...]
-      <c r="D226" t="inlineStr"/>
+          <t>Reviewed in the United States on March 21, 2024</t>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>The worst packaging I’ve seen in any body products</t>
+        </is>
+      </c>
       <c r="E226" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>The packaging of this product is extremely difficult to use. The pump is not pre-installed, and the bottle is sealed shut with a plastic cap that’s glued to the bottle</t>
         </is>
       </c>
       <c r="F226" t="b">
         <v>1</v>
       </c>
       <c r="G226" t="b">
         <v>1</v>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>10</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I226" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J226" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K226" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L226" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M226" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N226" t="inlineStr"/>
+      <c r="O226" t="inlineStr"/>
+      <c r="P226" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q226" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>Robert Johnson</t>
+          <t>Melissa M</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>2023-09-22</t>
-[...5 lines deleted...]
-      <c r="D227" t="inlineStr"/>
+          <t>Reviewed in the United States on September 9, 2025</t>
+        </is>
+      </c>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>Rose Scented Body Wash</t>
+        </is>
+      </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>The box was damaged during shipping. The tape was loose and the packaging was not secure.</t>
+          <t>This is a 16 ounce bottle of a rose scented liquid body wash that comes with a screw cap with an inner plastic cap (which can be a little tricky to remove without a knife or something similar) and a pump on the side. The scent is very intensely a nice rose scent without any other competing notes or smells. The label mentions shea butter, almond oil and rosemary leaf oil, and while these are in the ingredient list, they’re nearly at the end and I personally wish they were more prominent. This formula does have some small suspended red balls which seem to break apart when squished, so I hope they are something besides plastics.
+This body wash seems to work well, but I was confused about why the bottle was different than what was in the listing. The wash leaves a distinct scent on the skin long after the shower, so this should be considered. Great if your go to scent is rose/flowery.</t>
         </is>
       </c>
       <c r="F227" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G227" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I227" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J227" t="n">
+        <v>-0.7079</v>
+      </c>
+      <c r="K227" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L227" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M227" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N227" t="inlineStr"/>
+      <c r="O227" t="inlineStr"/>
+      <c r="P227" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q227" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>Sarah Brown</t>
+          <t>CM</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>2024-02-15</t>
-[...5 lines deleted...]
-      <c r="D228" t="inlineStr"/>
+          <t>Reviewed in the United States on September 15, 2025</t>
+        </is>
+      </c>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>Missing pump</t>
+        </is>
+      </c>
       <c r="E228" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>This bottle of body wash came with a screw cap missing the pump piece. I was able to pop out the plastic to use it as a pour bottle, but I’m deducting a star as a pump was advertised and is an important feature for me for body wash.
+The soap sudsed up well, and cleans well as well. It’s a thicker creamy consistency. There is a sort of vanilla smell, nothing too overpowering but if you’re sensitive to smells it may not be the best.</t>
         </is>
       </c>
       <c r="F228" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G228" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H228" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I228" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>26</v>
+      <c r="I228" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J228" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K228" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L228" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M228" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N228" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/CM_review3_img1.jpg%2C%20CM_review3_img2.jpg</t>
+        </is>
+      </c>
+      <c r="O228" t="inlineStr"/>
+      <c r="P228" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q228" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>Michael Brown</t>
+          <t>Magnolia</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>2023-02-24</t>
-[...5 lines deleted...]
-      <c r="D229" t="inlineStr"/>
+          <t>Reviewed in the United States on March 7, 2024</t>
+        </is>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>Defective product</t>
+        </is>
+      </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>The plastic bottle I got was defective &amp; could not be opened. The previous tea tree brand body wash I ordered didn’t have issues.</t>
         </is>
       </c>
       <c r="F229" t="b">
         <v>1</v>
       </c>
       <c r="G229" t="b">
         <v>1</v>
       </c>
       <c r="H229" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I229" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>10</v>
+      <c r="I229" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J229" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K229" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L229" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M229" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N229" t="inlineStr"/>
+      <c r="O229" t="inlineStr"/>
+      <c r="P229" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q229" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>Patricia Martinez</t>
+          <t>Customer Review</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>2024-06-11</t>
-[...5 lines deleted...]
-      <c r="D230" t="inlineStr"/>
+          <t>Reviewed in the United States on November 11, 2025</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>Good body wash, excellent coffee tiramisu scent</t>
+        </is>
+      </c>
       <c r="E230" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>It is supposed to come with a pump dispenser. However, this is packaged separately next to the bottle and mine fell off during delivery to me so I had no pump dispenser when it arrived. I have to just pour it to use it. There is an inner protective plastic cap to help with storage and transportation.
+Immediately upon opening and using it, the scent comes to prominence. It is a medium strength scent, that basically makes me think of entering a coffee shop. It is a very good scent that smells surprisingly pretty accurately of coffee tiramisu, a little more so coffee. So if you think you would like a coffee tiramisu scent, this would be right up your alley.
+In terms of cleaning, it lathers a light to medium amount. Good enough for ease of use with a loofah and to spread across the skin. It glides and cleans well, washes off easily. Afterwards, my skin feels clean and moisturized, without over dryness or any irritation. The coffee scent is very subtle in remaining after washing off.</t>
         </is>
       </c>
       <c r="F230" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G230" t="b">
         <v>1</v>
       </c>
       <c r="H230" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I230" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>9</v>
+      <c r="I230" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J230" t="n">
+        <v>-0.0538</v>
+      </c>
+      <c r="K230" t="n">
+        <v>0</v>
+      </c>
+      <c r="L230" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M230" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N230" t="inlineStr"/>
+      <c r="O230" t="inlineStr"/>
+      <c r="P230" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q230" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>David Garcia</t>
+          <t>Lori</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>2023-12-27</t>
-[...5 lines deleted...]
-      <c r="D231" t="inlineStr"/>
+          <t>Reviewed in the United States on December 10, 2022</t>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>Bait and switch</t>
+        </is>
+      </c>
       <c r="E231" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>I bought this because it had a dispenser and the packaging looked good. I received a cheap ugly plastic bottle, no pump. Not cool. Sending it back.</t>
         </is>
       </c>
       <c r="F231" t="b">
         <v>1</v>
       </c>
       <c r="G231" t="b">
         <v>1</v>
       </c>
       <c r="H231" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>9</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I231" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J231" t="n">
+        <v>-0.2537</v>
+      </c>
+      <c r="K231" t="n">
+        <v>0</v>
+      </c>
+      <c r="L231" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M231" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N231" t="inlineStr"/>
+      <c r="O231" t="inlineStr"/>
+      <c r="P231" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q231" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>John Miller</t>
+          <t>Paul J DeSimone</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>2023-01-25</t>
-[...5 lines deleted...]
-      <c r="D232" t="inlineStr"/>
+          <t>Reviewed in the United States on October 19, 2025</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>Nice Lather and Subtle After-Scent | Good Ingredients</t>
+        </is>
+      </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>Good ingredients and a nice subtle cinnamon-y after-scent that doesn't stay around too long, which I like.
+I had a bit of difficulty with the pump, initially - I couldn't get it to 'unscrew' (open) - i needed a pair of pliers to hold the plastic ring that the pump head screws into in order to unscrew the pump head. Then the pump wasn't doing anything. I had resigned myself to having to uncap the bottle to use it each time, but the next day the pump actually worked! Weird.
+5 stars, still, though, because the pump mechanics have no impact on the product itself, which exfoliates a bit from the bits of cinnamon? in the liquid. It lathers REALLY well, so a little bit goes a long way.
+I do like the scent, strong during application and slight after showering, then dissipates pretty much to nothing after a couple of hours.</t>
         </is>
       </c>
       <c r="F232" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G232" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H232" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>21</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I232" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J232" t="n">
+        <v>-0.7593</v>
+      </c>
+      <c r="K232" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L232" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M232" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N232" t="inlineStr"/>
+      <c r="O232" t="inlineStr"/>
+      <c r="P232" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q232" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>James Martinez</t>
+          <t>LeMay</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>2023-04-14</t>
-[...5 lines deleted...]
-      <c r="D233" t="inlineStr"/>
+          <t>Reviewed in the United States on October 20, 2023</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>Expired</t>
+        </is>
+      </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>I started taking outside plastic off and looked and there it is expired. It’s being returned.</t>
         </is>
       </c>
       <c r="F233" t="b">
         <v>1</v>
       </c>
       <c r="G233" t="b">
         <v>1</v>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>22</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I233" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J233" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K233" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L233" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M233" t="inlineStr">
+        <is>
+          <t>plastic</t>
+        </is>
+      </c>
+      <c r="N233" t="inlineStr"/>
+      <c r="O233" t="inlineStr"/>
+      <c r="P233" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q233" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>Jennifer Davis</t>
+          <t>Pablosan2311</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>2023-08-13</t>
-[...5 lines deleted...]
-      <c r="D234" t="inlineStr"/>
+          <t>Reviewed in the United States on November 23, 2024</t>
+        </is>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>Dispenser cap not working, but the product itself highly recommended</t>
+        </is>
+      </c>
       <c r="E234" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>Excellent product, however the dispenser is not working. I Will recommend the product</t>
         </is>
       </c>
       <c r="F234" t="b">
         <v>1</v>
       </c>
       <c r="G234" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H234" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I234" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>13</v>
+      <c r="I234" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J234" t="n">
+        <v>-0.8273</v>
+      </c>
+      <c r="K234" t="n">
+        <v>0</v>
+      </c>
+      <c r="L234" t="inlineStr"/>
+      <c r="M234" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N234" t="inlineStr"/>
+      <c r="O234" t="inlineStr"/>
+      <c r="P234" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q234" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>John Johnson</t>
+          <t>Justin</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>2023-11-14</t>
-[...5 lines deleted...]
-      <c r="D235" t="inlineStr"/>
+          <t>Reviewed in the United States on January 24, 2024</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>Great body wash, terrible container!</t>
+        </is>
+      </c>
       <c r="E235" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>The body wash is great - genuine tee tree scent and effect and I love the deep cleansing feeling it offers.
+However, the bottle is a defect and it shouldn't sold as it is. There was no way to remove the inner white cap and I tried with all possible tools - finger nails, scissors, knife, chopstick, etc. It was impossible to open it so I ended up squeezing the whole bottle and it was finally popped out making all the mess on the kitchen counter with tee tree smells (not good when it's on dishes).
+Please change your container and make it more functional. I will use your body wash forever then!</t>
         </is>
       </c>
       <c r="F235" t="b">
         <v>1</v>
       </c>
       <c r="G235" t="b">
         <v>1</v>
       </c>
       <c r="H235" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I235" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>23</v>
+      <c r="I235" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J235" t="n">
+        <v>-0.4801</v>
+      </c>
+      <c r="K235" t="n">
+        <v>-0.3043</v>
+      </c>
+      <c r="L235" t="inlineStr"/>
+      <c r="M235" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N235" t="inlineStr"/>
+      <c r="O235" t="inlineStr"/>
+      <c r="P235" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q235" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>David Martinez</t>
+          <t>Chestnut</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>2023-05-01</t>
-[...5 lines deleted...]
-      <c r="D236" t="inlineStr"/>
+          <t>Reviewed in the United States on August 6, 2020</t>
+        </is>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>Wonderful soap</t>
+        </is>
+      </c>
       <c r="E236" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>I love the smell the mixture of tree oil, mint and peppermint makes you come alive. This is my second bottle but questioning it a little. First bottle came bubble wrapped with a cap and pump the bottle was sealed, this 2nd one I have only washed my hands with and it is not as thick, smell is different, and came with only a pump attached bottle not sealed. Wondering if it is the same. The first bottle lasted a little over 3 months but I didn’t use it everyday! Super sensitive skin and extremely hard water makes daily shower impossible</t>
         </is>
       </c>
       <c r="F236" t="b">
         <v>1</v>
       </c>
       <c r="G236" t="b">
         <v>1</v>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>18</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I236" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J236" t="n">
+        <v>-0.7641</v>
+      </c>
+      <c r="K236" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L236" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M236" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N236" t="inlineStr"/>
+      <c r="O236" t="inlineStr"/>
+      <c r="P236" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q236" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>Sarah Jones</t>
+          <t>CB</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>2023-01-10</t>
-[...5 lines deleted...]
-      <c r="D237" t="inlineStr"/>
+          <t>Reviewed in the United States on September 6, 2023</t>
+        </is>
+      </c>
+      <c r="C237" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>I’m ordering more!</t>
+        </is>
+      </c>
       <c r="E237" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>I love this product, especially after getting mosquito bites, showering with this helps.
+Only problem was Shawn I received this product, the cap was broken and it had leaked but not so much. Hope my next shipment, I won’t have that problem.</t>
         </is>
       </c>
       <c r="F237" t="b">
         <v>1</v>
       </c>
       <c r="G237" t="b">
         <v>1</v>
       </c>
       <c r="H237" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>12</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I237" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J237" t="n">
+        <v>-0.9076</v>
+      </c>
+      <c r="K237" t="n">
+        <v>0</v>
+      </c>
+      <c r="L237" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M237" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N237" t="inlineStr"/>
+      <c r="O237" t="inlineStr"/>
+      <c r="P237" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q237" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>Michael Garcia</t>
+          <t>CyberGramma</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>2024-10-18</t>
-[...5 lines deleted...]
-      <c r="D238" t="inlineStr"/>
+          <t>Reviewed in the United States on December 30, 2022</t>
+        </is>
+      </c>
+      <c r="C238" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>Product photo misleading</t>
+        </is>
+      </c>
       <c r="E238" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>The soap itself is useful, no strong aroma and creates a nice, sudsy foam when spreading on a cloth or brush. The main issue is that there was no pump provided as shown on the photo, just a pull-up cap. The bottle is quite sturdy, and in order to squeeze onto a cloth or brush while in the shower, I have to prop myself against the wall to balance and use two hands to squeeze the soap holding bottle upside down and get it onto the washcloth. I purchased with the idea that I could set the bottle on the built-in shelf in the shower and pump the soap with one hand while holding cloth or scrubbing brush with the other. Completely misleading photo and defeats purpose for which I purchased.</t>
         </is>
       </c>
       <c r="F238" t="b">
         <v>1</v>
       </c>
       <c r="G238" t="b">
         <v>1</v>
       </c>
       <c r="H238" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I238" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>11</v>
+      <c r="I238" t="inlineStr">
+        <is>
+          <t>appreciation</t>
+        </is>
+      </c>
+      <c r="J238" t="n">
+        <v>1</v>
+      </c>
+      <c r="K238" t="n">
+        <v>0.3333</v>
+      </c>
+      <c r="L238" t="inlineStr"/>
+      <c r="M238" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N238" t="inlineStr"/>
+      <c r="O238" t="inlineStr"/>
+      <c r="P238" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q238" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>Robert Jones</t>
+          <t>Dennis H.</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>2023-09-09</t>
-[...5 lines deleted...]
-      <c r="D239" t="inlineStr"/>
+          <t>Reviewed in the United States on October 4, 2022</t>
+        </is>
+      </c>
+      <c r="C239" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>Pump Problems Resolved Here!</t>
+        </is>
+      </c>
       <c r="E239" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>Allowing For A Few Of you Who Received Damaged Pumps, Contact Seller. The Rest Follow These Two Steps. 1) Remove Cap From Bottle. 2) Insert Long End Of Pump Into Bottle, And Tighten Completely. Then Hold The Cap You Just Tightened With Your Left Hand, And With Your Right Hand Turn The Entire Pump Spout COUNTER CLOCKWISE Till It Pops Up. Your Pump Will Now Operate Properly! This Is Standard For All Of These Pumps, Even If They Are Pre-Installed From The Manufacturer! They Do It To Lower Shipping Cost By Using Smaller Packaging! Enjoy Your Purchase And Your Welcome!</t>
         </is>
       </c>
       <c r="F239" t="b">
         <v>1</v>
       </c>
       <c r="G239" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H239" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>16</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I239" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J239" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K239" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="L239" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M239" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N239" t="inlineStr"/>
+      <c r="O239" t="inlineStr"/>
+      <c r="P239" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q239" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>David Miller</t>
+          <t>pedro Cash</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>2023-10-05</t>
-[...5 lines deleted...]
-      <c r="D240" t="inlineStr"/>
+          <t>Reviewed in the United States on December 30, 2022</t>
+        </is>
+      </c>
+      <c r="C240" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>Poor Quality, Inneffective formulation, New packaging doesn't reflect what's being shown on Amazon</t>
+        </is>
+      </c>
       <c r="E240" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>I've been a long time user of Botanic Hearth Tea Tree soap, and I'm going to say this, when I first started using the soap it was exactly what the majority of the ratings stated, it had a great scent, and the tea tree formulation helped with fungal issues, sensitive skin etc. Prior to using Botanic Hearth, I used a variety of small label or micro-niche label soaps that are commonly referred to as "fight" soaps because they are typically used by MMA fighters or those who are in close physical contact where skin abrasions, and fungal infections are common. Those types of soaps are specifically what I use, one of the prime ingredients is Tea tree oil, with this BH soap, the effectiveness of the soap has deteriorated quite a bit over the last year, and as of yesterday when I opened the last refill order, the bottle wasn't even the same that I normally receive. It's smaller, a different color, no pump or dispenser cap. The labeling is the same, and states that it holds the same amount. I poured it into another container to verify it's 16 oz, it isn't. With the current economy, and the ever increasing price of this product, the lower effectiveness of the soap, which i surmise is most likely from lowering the amounts of active ingredients in the soap in an effort to cut costs, plus the packaging and volume issue, I strongly recommend against buying this product.</t>
         </is>
       </c>
       <c r="F240" t="b">
         <v>1</v>
       </c>
       <c r="G240" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H240" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>17</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I240" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J240" t="n">
+        <v>0.96</v>
+      </c>
+      <c r="K240" t="n">
+        <v>0.1371</v>
+      </c>
+      <c r="L240" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M240" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N240" t="inlineStr"/>
+      <c r="O240" t="inlineStr"/>
+      <c r="P240" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q240" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>David Williams</t>
+          <t>Bluebomb</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>2023-03-10</t>
-[...5 lines deleted...]
-      <c r="D241" t="inlineStr"/>
+          <t>Reviewed in the United States on May 29, 2023</t>
+        </is>
+      </c>
+      <c r="C241" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>Smells amazing</t>
+        </is>
+      </c>
       <c r="E241" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>Exactly what I was looking for in a tea tree body wash. Bottle arrived with broken cap but I’ll probably still buy again.</t>
         </is>
       </c>
       <c r="F241" t="b">
         <v>1</v>
       </c>
       <c r="G241" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H241" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>17</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I241" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J241" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K241" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L241" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M241" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N241" t="inlineStr"/>
+      <c r="O241" t="inlineStr"/>
+      <c r="P241" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q241" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>Michael Williams</t>
+          <t>ERICKA JS</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>2024-03-24</t>
-[...5 lines deleted...]
-      <c r="D242" t="inlineStr"/>
+          <t>Reviewed in the United States on March 31, 2023</t>
+        </is>
+      </c>
+      <c r="C242" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>I simply love this product. This time cracked cap.</t>
+        </is>
+      </c>
       <c r="E242" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>This is my 3rd time ordering the Tea Tree body wash. It really works on body acne and helps with teenage funk. This time the bottle came cracked. At first I was like "whatever". Then I opened the packaging and saw pink under the cracked cap. I think it might be mold. I'm returning it asap</t>
         </is>
       </c>
       <c r="F242" t="b">
         <v>1</v>
       </c>
       <c r="G242" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H242" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I242" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>7</v>
+      <c r="I242" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J242" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K242" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L242" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M242" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N242" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/ERICKA_JS_review9_img1.jpg%2C%20ERICKA_JS_review9_img2.jpg%2C%20ERICKA_JS_review9_img3.jpg%2C%20ERICKA_JS_review9_img4.jpg</t>
+        </is>
+      </c>
+      <c r="O242" t="inlineStr"/>
+      <c r="P242" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q242" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>Sarah Garcia</t>
+          <t>09joneser</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>2023-12-25</t>
-[...5 lines deleted...]
-      <c r="D243" t="inlineStr"/>
+          <t>Reviewed in the United States on May 9, 2020</t>
+        </is>
+      </c>
+      <c r="C243" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>Not sure</t>
+        </is>
+      </c>
       <c r="E243" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>I got this brand because of the pump instead of a cap lid. I like the product overall but I wish it was more effervescent and tingly! To me it kind of smells more like chocolate mint smell like the toothpaste from when you were a little kid at the dentist</t>
         </is>
       </c>
       <c r="F243" t="b">
         <v>1</v>
       </c>
       <c r="G243" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H243" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I243" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>15</v>
+      <c r="I243" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J243" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K243" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L243" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M243" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N243" t="inlineStr"/>
+      <c r="O243" t="inlineStr"/>
+      <c r="P243" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q243" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>James Brown</t>
+          <t>Robert Tramonte</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>2024-07-25</t>
-[...5 lines deleted...]
-      <c r="D244" t="inlineStr"/>
+          <t>Reviewed in the United States on September 14, 2024</t>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>Soap is good but cap is broken</t>
+        </is>
+      </c>
       <c r="E244" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>Received the bottle like this</t>
         </is>
       </c>
       <c r="F244" t="b">
         <v>1</v>
       </c>
       <c r="G244" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H244" t="inlineStr">
         <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I244" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I244" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>9</v>
+      <c r="J244" t="n">
+        <v>0</v>
+      </c>
+      <c r="K244" t="n">
+        <v>0</v>
+      </c>
+      <c r="L244" t="inlineStr"/>
+      <c r="M244" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N244" t="inlineStr"/>
+      <c r="O244" t="inlineStr"/>
+      <c r="P244" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q244" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>Maria Jones</t>
+          <t>Kristin Waldron</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>2024-08-06</t>
-[...5 lines deleted...]
-      <c r="D245" t="inlineStr"/>
+          <t>Reviewed in the United States on August 1, 2021</t>
+        </is>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>Would recommend</t>
+        </is>
+      </c>
       <c r="E245" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>Product smells nice. They send a couple caps with it so you can either pump soap out or pour it out. Unfortunately the pump they sent me doesn't work, which is how I tried using the product.</t>
         </is>
       </c>
       <c r="F245" t="b">
         <v>1</v>
       </c>
       <c r="G245" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H245" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I245" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>5</v>
+      <c r="I245" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J245" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K245" t="n">
+        <v>0</v>
+      </c>
+      <c r="L245" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M245" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N245" t="inlineStr"/>
+      <c r="O245" t="inlineStr"/>
+      <c r="P245" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q245" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>John Brown</t>
+          <t>Beatriz</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>2024-02-09</t>
-[...5 lines deleted...]
-      <c r="D246" t="inlineStr"/>
+          <t>Reviewed in the United States on April 20, 2020</t>
+        </is>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>Great Lather &amp; Smell!</t>
+        </is>
+      </c>
       <c r="E246" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>Love this product! First thing I loved was the fact that it came with a pump and a cap option. I loved the texture of the body wash, it wasn’t super jelly like where you pump it out and just falls out of your hands or off your sponge. Amazing lather action and the smell was excellent without being over powering. Will definitely buy again!</t>
         </is>
       </c>
       <c r="F246" t="b">
         <v>1</v>
       </c>
       <c r="G246" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H246" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I246" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>12</v>
+      <c r="I246" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J246" t="n">
+        <v>1</v>
+      </c>
+      <c r="K246" t="n">
+        <v>1</v>
+      </c>
+      <c r="L246" t="inlineStr"/>
+      <c r="M246" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N246" t="inlineStr"/>
+      <c r="O246" t="inlineStr"/>
+      <c r="P246" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q246" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>John Williams</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>2024-09-13</t>
-[...5 lines deleted...]
-      <c r="D247" t="inlineStr"/>
+          <t>Reviewed in the United States on October 24, 2023</t>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <t>Good product, arrived with broken cap</t>
+        </is>
+      </c>
       <c r="E247" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>I mix this with regular soap and found it effective. Poorly packed for shipping and it arrived with broken push cap dispenser.</t>
         </is>
       </c>
       <c r="F247" t="b">
         <v>1</v>
       </c>
       <c r="G247" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H247" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I247" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J247" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K247" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L247" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M247" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N247" t="inlineStr"/>
+      <c r="O247" t="inlineStr"/>
+      <c r="P247" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q247" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>David Smith</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>2024-01-15</t>
-[...5 lines deleted...]
-      <c r="D248" t="inlineStr"/>
+          <t>Reviewed in the United States on July 10, 2020</t>
+        </is>
+      </c>
+      <c r="C248" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D248" t="inlineStr">
+        <is>
+          <t>All natural oils.</t>
+        </is>
+      </c>
       <c r="E248" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>I’ve been using this tea tree body wash for a couple years now. And I love it. All natural oils. Plus I haven’t had foot odor or athletes foot issues in a long time. I even bought the shampoo and conditioner. I’ve never felt so clean. Comes with pump or pour top caps for your choice of applications. Just try it. You won’t be disappointed</t>
         </is>
       </c>
       <c r="F248" t="b">
         <v>1</v>
       </c>
       <c r="G248" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H248" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>21</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I248" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J248" t="n">
+        <v>-0.3125</v>
+      </c>
+      <c r="K248" t="n">
+        <v>0</v>
+      </c>
+      <c r="L248" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M248" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N248" t="inlineStr"/>
+      <c r="O248" t="inlineStr"/>
+      <c r="P248" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q248" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>James Miller</t>
+          <t>SkyLab 4004</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>2024-02-20</t>
-[...5 lines deleted...]
-      <c r="D249" t="inlineStr"/>
+          <t>Reviewed in the United States on December 31, 2021</t>
+        </is>
+      </c>
+      <c r="C249" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D249" t="inlineStr">
+        <is>
+          <t>Nice scent, did not include the pictured pump</t>
+        </is>
+      </c>
       <c r="E249" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>It has a light pine scent with a faint tea tree aroma. The consistency is thick and rich not watery. Only disappointed the bottle shipped has just a screw cap, not a pump as pictured on Amazon.
+Hopefully, Amazon or Botanic Hearth with ship a pump so it is easier to use, I will update my review.</t>
         </is>
       </c>
       <c r="F249" t="b">
         <v>1</v>
       </c>
       <c r="G249" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H249" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>5</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I249" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J249" t="n">
+        <v>-0.6048</v>
+      </c>
+      <c r="K249" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L249" t="inlineStr"/>
+      <c r="M249" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N249" t="inlineStr"/>
+      <c r="O249" t="inlineStr"/>
+      <c r="P249" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q249" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>Lisa Martinez</t>
+          <t>K</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>2023-08-24</t>
-[...5 lines deleted...]
-      <c r="D250" t="inlineStr"/>
+          <t>Reviewed in the United States on February 1, 2021</t>
+        </is>
+      </c>
+      <c r="C250" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D250" t="inlineStr">
+        <is>
+          <t>Leaky but clean</t>
+        </is>
+      </c>
       <c r="E250" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Soap leaked inside the bubble wrap bag. The nozzle must have gotten turned to open, or the cap wasn't screwed on tight enough. Smells great, suds up, washes out nice and clean.</t>
         </is>
       </c>
       <c r="F250" t="b">
         <v>1</v>
       </c>
       <c r="G250" t="b">
         <v>1</v>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>22</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I250" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J250" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K250" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L250" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M250" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N250" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/K_review9_img1.jpg%2C%20K_review9_img2.jpg</t>
+        </is>
+      </c>
+      <c r="O250" t="inlineStr"/>
+      <c r="P250" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q250" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>Lisa Miller</t>
+          <t>Morgan Gorecki</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>2024-05-17</t>
-[...5 lines deleted...]
-      <c r="D251" t="inlineStr"/>
+          <t>Reviewed in the United States on June 22, 2023</t>
+        </is>
+      </c>
+      <c r="C251" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr">
+        <is>
+          <t>Bottle Cap Damaged Upon Delivery</t>
+        </is>
+      </c>
       <c r="E251" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>I was and still am very excited to try this product given the positive reviews but was pretty disappointed to see the bottle was damaged upon arrival…</t>
         </is>
       </c>
       <c r="F251" t="b">
         <v>1</v>
       </c>
       <c r="G251" t="b">
         <v>1</v>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>18</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I251" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J251" t="n">
+        <v>-0.8516</v>
+      </c>
+      <c r="K251" t="n">
+        <v>-0.8516</v>
+      </c>
+      <c r="L251" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M251" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N251" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Morgan_Gorecki_review2_img1.jpg%2C%20Morgan_Gorecki_review2_img2.jpg</t>
+        </is>
+      </c>
+      <c r="O251" t="inlineStr"/>
+      <c r="P251" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q251" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>Patricia Davis</t>
+          <t>Erik</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>2024-03-20</t>
-[...5 lines deleted...]
-      <c r="D252" t="inlineStr"/>
+          <t>Reviewed in the United States on February 23, 2021</t>
+        </is>
+      </c>
+      <c r="C252" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D252" t="inlineStr">
+        <is>
+          <t>Good product bad container</t>
+        </is>
+      </c>
       <c r="E252" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>Love the actual product itself but getting it out of the bottle is a hassle. hand pump is too small and narrow for the thick soapy gel inside. Still gets a 5 star review since i just take off the cap and cant downgrade a 1st world problem.</t>
         </is>
       </c>
       <c r="F252" t="b">
         <v>1</v>
       </c>
       <c r="G252" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H252" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I252" t="inlineStr"/>
-[...13 lines deleted...]
-      <c r="M252" t="n">
+      <c r="I252" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J252" t="n">
+        <v>-0.8057</v>
+      </c>
+      <c r="K252" t="n">
+        <v>-0.8417</v>
+      </c>
+      <c r="L252" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M252" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N252" t="inlineStr"/>
+      <c r="O252" t="inlineStr"/>
+      <c r="P252" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q252" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>Robert Garcia</t>
+          <t>Enrique Arteaga</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>2024-12-19</t>
-[...5 lines deleted...]
-      <c r="D253" t="inlineStr"/>
+          <t>Reviewed in the United States on March 7, 2020</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D253" t="inlineStr">
+        <is>
+          <t>Great product</t>
+        </is>
+      </c>
       <c r="E253" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Purchased many brands and this one seems to be the best . The only issue is the pump, but you can easily replace that with a shampoo cap that flips up to release more gel. However, I’m concerned that I don’t see the blue bottle anymore on the supplier’s webpage . Hopefully, they will continue to produce.</t>
         </is>
       </c>
       <c r="F253" t="b">
         <v>1</v>
       </c>
       <c r="G253" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H253" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I253" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>28</v>
+      <c r="I253" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J253" t="n">
+        <v>-0.843</v>
+      </c>
+      <c r="K253" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L253" t="inlineStr"/>
+      <c r="M253" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N253" t="inlineStr"/>
+      <c r="O253" t="inlineStr"/>
+      <c r="P253" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q253" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>James Miller</t>
+          <t>Rocco T</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>2023-09-10</t>
-[...5 lines deleted...]
-      <c r="D254" t="inlineStr"/>
+          <t>Reviewed in the United States on May 10, 2020</t>
+        </is>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr">
+        <is>
+          <t>Runny liquid and received opened</t>
+        </is>
+      </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>Bottle was received with contents spilled out over the bottle and packaging. It appeared to have been used. The protective cap was off and the pump was attached to the bottle. The liquid is not creamy, but rather watery. There was very little refreshing smell as with other tea tree products. Would not buy again.</t>
         </is>
       </c>
       <c r="F254" t="b">
         <v>1</v>
       </c>
       <c r="G254" t="b">
         <v>1</v>
       </c>
       <c r="H254" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>24</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I254" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J254" t="n">
+        <v>-0.7501</v>
+      </c>
+      <c r="K254" t="n">
+        <v>0</v>
+      </c>
+      <c r="L254" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M254" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N254" t="inlineStr"/>
+      <c r="O254" t="inlineStr"/>
+      <c r="P254" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q254" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>Robert Smith</t>
+          <t>Barb Bjornsson</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
-[...5 lines deleted...]
-      <c r="D255" t="inlineStr"/>
+          <t>Reviewed in the United States on May 15, 2025</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr">
+        <is>
+          <t>This product lies about its ingredients and is damaged - delivered w/ a broken cap &amp; no pump.</t>
+        </is>
+      </c>
       <c r="E255" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>RETURNED - This product is misrepresented - having advertised that it has certain healing ingredients when in fact it has completely different harmful chemical ingredients. AND the top was cracked with NO pump applicator! It's as if some company had a bunch of damaged goods and they're unloading them on us through Amazon.</t>
         </is>
       </c>
       <c r="F255" t="b">
         <v>1</v>
       </c>
       <c r="G255" t="b">
         <v>1</v>
       </c>
       <c r="H255" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I255" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>29</v>
+      <c r="I255" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J255" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K255" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L255" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M255" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N255" t="inlineStr"/>
+      <c r="O255" t="inlineStr"/>
+      <c r="P255" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q255" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>Patricia Jones</t>
+          <t>Earthmidget</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>2024-03-25</t>
-[...5 lines deleted...]
-      <c r="D256" t="inlineStr"/>
+          <t>Reviewed in the United States on September 1, 2020</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D256" t="inlineStr">
+        <is>
+          <t>great product</t>
+        </is>
+      </c>
       <c r="E256" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>great product. I gave it a 3 star because the pump does not work. I wish the seller/mfr would put their product in a container like all the other body washes! I seem to be wasting a lot of soap opening the cap &amp; getting the soap out.</t>
         </is>
       </c>
       <c r="F256" t="b">
         <v>1</v>
       </c>
       <c r="G256" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H256" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I256" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>28</v>
+      <c r="I256" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J256" t="n">
+        <v>-0.1667</v>
+      </c>
+      <c r="K256" t="n">
+        <v>0</v>
+      </c>
+      <c r="L256" t="inlineStr"/>
+      <c r="M256" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N256" t="inlineStr"/>
+      <c r="O256" t="inlineStr"/>
+      <c r="P256" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q256" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>Robert Brown</t>
+          <t>Terri Miller</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>2023-05-09</t>
-[...5 lines deleted...]
-      <c r="D257" t="inlineStr"/>
+          <t>Reviewed in the United States on October 24, 2022</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>Picture is misleading</t>
+        </is>
+      </c>
       <c r="E257" t="inlineStr">
         <is>
-          <t>Clean bottle design with a small cap that is easy to use. The large container holds plenty of detergent.</t>
+          <t>I purchased the product because it had a pump dispenser on the top. I received the product and it has no pump just flip cap.</t>
         </is>
       </c>
       <c r="F257" t="b">
         <v>1</v>
       </c>
       <c r="G257" t="b">
         <v>1</v>
       </c>
       <c r="H257" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I257" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J257" t="n">
+        <v>0</v>
+      </c>
+      <c r="K257" t="n">
+        <v>0</v>
+      </c>
+      <c r="L257" t="inlineStr"/>
+      <c r="M257" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N257" t="inlineStr"/>
+      <c r="O257" t="inlineStr"/>
+      <c r="P257" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q257" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>Patricia Davis</t>
+          <t>I. Fairfax</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>2023-03-01</t>
-[...5 lines deleted...]
-      <c r="D258" t="inlineStr"/>
+          <t>Reviewed in the United States on February 17, 2024</t>
+        </is>
+      </c>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D258" t="inlineStr">
+        <is>
+          <t>Awful and not what I expected</t>
+        </is>
+      </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>Not at all as described, in my opinion. It wasn’t moisturizing, lathered poorly, and has unexpected ingredients. I also pity anyone with a motor impairment who tries to put the pump in. I and 3 other members of my family tried to get the “under cap” off so the pump could be screwed to the bottle instead, but it’s impossible to do without breaking out the toolbox. I had to hammer a nail partway through the under cap and use it to pry the thing out. Ridiculous!
+I’d give zero stars if I could.</t>
         </is>
       </c>
       <c r="F258" t="b">
         <v>1</v>
       </c>
       <c r="G258" t="b">
         <v>1</v>
       </c>
       <c r="H258" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>26</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I258" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J258" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K258" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L258" t="inlineStr"/>
+      <c r="M258" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N258" t="inlineStr"/>
+      <c r="O258" t="inlineStr"/>
+      <c r="P258" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q258" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>Michael Davis</t>
+          <t>Jennifer S</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>2024-11-21</t>
-[...5 lines deleted...]
-      <c r="D259" t="inlineStr"/>
+          <t>Reviewed in the United States on December 11, 2023</t>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D259" t="inlineStr">
+        <is>
+          <t>Issues w the bottle</t>
+        </is>
+      </c>
       <c r="E259" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>Product is ok but issues w the bottle &amp; cap. The cap should be some type of flip top. Also not sure if there was a problem w mine but I had to use a knife to puncture the lid so the soap could come out.</t>
         </is>
       </c>
       <c r="F259" t="b">
         <v>1</v>
       </c>
       <c r="G259" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H259" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>3</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I259" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J259" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K259" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L259" t="inlineStr"/>
+      <c r="M259" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N259" t="inlineStr"/>
+      <c r="O259" t="inlineStr"/>
+      <c r="P259" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q259" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>James Davis</t>
+          <t>Waqas A.</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>2023-05-25</t>
-[...5 lines deleted...]
-      <c r="D260" t="inlineStr"/>
+          <t>Reviewed in the United States on June 17, 2023</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D260" t="inlineStr">
+        <is>
+          <t>Worst bottle ever!</t>
+        </is>
+      </c>
       <c r="E260" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>The product was ok but the bottle cap came broken.</t>
         </is>
       </c>
       <c r="F260" t="b">
         <v>1</v>
       </c>
       <c r="G260" t="b">
         <v>1</v>
       </c>
       <c r="H260" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I260" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J260" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K260" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L260" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M260" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N260" t="inlineStr"/>
+      <c r="O260" t="inlineStr"/>
+      <c r="P260" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q260" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>Patricia Williams</t>
+          <t>Seth in Baltimore</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>2024-07-03</t>
-[...5 lines deleted...]
-      <c r="D261" t="inlineStr"/>
+          <t>Reviewed in the United States on April 13, 2020</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D261" t="inlineStr">
+        <is>
+          <t>Very good option for tea tree lovers...</t>
+        </is>
+      </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>It was delivered with an option for the cap or the pump for dispensing. Unlike other reviews I read, my body wash came with no spills or anything. It goes on very well and I’m well pleased with the results so far.</t>
         </is>
       </c>
       <c r="F261" t="b">
         <v>1</v>
       </c>
       <c r="G261" t="b">
         <v>1</v>
       </c>
       <c r="H261" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>26</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I261" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J261" t="n">
+        <v>0</v>
+      </c>
+      <c r="K261" t="n">
+        <v>0</v>
+      </c>
+      <c r="L261" t="inlineStr"/>
+      <c r="M261" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N261" t="inlineStr"/>
+      <c r="O261" t="inlineStr"/>
+      <c r="P261" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q261" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>John Smith</t>
+          <t>carrie</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>2023-11-05</t>
-[...5 lines deleted...]
-      <c r="D262" t="inlineStr"/>
+          <t>Reviewed in the United States on November 4, 2019</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D262" t="inlineStr">
+        <is>
+          <t>Refreshing shower experience</t>
+        </is>
+      </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>Great product. Smells, nice, if you like Tea Tree Oil - tho the scent doesn't stay with you too long after showering. Comes with a standard twist-off cap, as well as a pop top for pouring or a pump, which is nice.</t>
         </is>
       </c>
       <c r="F262" t="b">
         <v>1</v>
       </c>
       <c r="G262" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H262" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I262" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>28</v>
+      <c r="I262" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J262" t="n">
+        <v>1</v>
+      </c>
+      <c r="K262" t="n">
+        <v>0</v>
+      </c>
+      <c r="L262" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M262" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N262" t="inlineStr"/>
+      <c r="O262" t="inlineStr"/>
+      <c r="P262" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q262" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>Lisa Martinez</t>
+          <t>AKin</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>2024-07-23</t>
-[...5 lines deleted...]
-      <c r="D263" t="inlineStr"/>
+          <t>Reviewed in the United States on July 21, 2020</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D263" t="inlineStr">
+        <is>
+          <t>prepare for mediocrity</t>
+        </is>
+      </c>
       <c r="E263" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>its ok
+they should seal the cap during manufacturing
+it arrived opened and the goop was all over the bottle
+please put one of those white top seal toppers on the bottle
+you will benefit from doing this</t>
         </is>
       </c>
       <c r="F263" t="b">
         <v>1</v>
       </c>
       <c r="G263" t="b">
         <v>1</v>
       </c>
       <c r="H263" t="inlineStr">
         <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I263" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I263" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>22</v>
+      <c r="J263" t="n">
+        <v>0</v>
+      </c>
+      <c r="K263" t="n">
+        <v>0</v>
+      </c>
+      <c r="L263" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M263" t="inlineStr">
+        <is>
+          <t>cap</t>
+        </is>
+      </c>
+      <c r="N263" t="inlineStr"/>
+      <c r="O263" t="inlineStr"/>
+      <c r="P263" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q263" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>Maria Garcia</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>2024-07-13</t>
-[...5 lines deleted...]
-      <c r="D264" t="inlineStr"/>
+          <t>Reviewed in the United States on August 16, 2021</t>
+        </is>
+      </c>
+      <c r="C264" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D264" t="inlineStr">
+        <is>
+          <t>On the fence</t>
+        </is>
+      </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>Cleans well, feels good... but smells like molded bread I absolutely hate the smell.</t>
         </is>
       </c>
       <c r="F264" t="b">
         <v>1</v>
       </c>
       <c r="G264" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H264" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I264" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>2</v>
+      <c r="I264" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J264" t="n">
+        <v>-0.6391</v>
+      </c>
+      <c r="K264" t="inlineStr"/>
+      <c r="L264" t="inlineStr"/>
+      <c r="M264" t="inlineStr">
+        <is>
+          <t>mold</t>
+        </is>
+      </c>
+      <c r="N264" t="inlineStr"/>
+      <c r="O264" t="inlineStr"/>
+      <c r="P264" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q264" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>Maria Davis</t>
+          <t>Justagrrl27</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>2024-10-06</t>
-[...5 lines deleted...]
-      <c r="D265" t="inlineStr"/>
+          <t>Reviewed in the United States on February 3, 2024</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D265" t="inlineStr">
+        <is>
+          <t>Stinks</t>
+        </is>
+      </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>It barely smells like tea tree. It smells like wet towels that have been left in the washer too long. Like mold almost. The bottle came broken and the pump doesn't work.</t>
         </is>
       </c>
       <c r="F265" t="b">
         <v>1</v>
       </c>
       <c r="G265" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H265" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I265" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J265" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K265" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L265" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M265" t="inlineStr">
+        <is>
+          <t>mold</t>
+        </is>
+      </c>
+      <c r="N265" t="inlineStr"/>
+      <c r="O265" t="inlineStr"/>
+      <c r="P265" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q265" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>John Davis</t>
+          <t>Andrew</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>2023-12-17</t>
-[...5 lines deleted...]
-      <c r="D266" t="inlineStr"/>
+          <t>Reviewed in the United States on October 11, 2021</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D266" t="inlineStr">
+        <is>
+          <t>Smells like mold does</t>
+        </is>
+      </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>The detergent works really well on stains. However, the bottle cap is hard to open and the packaging seems flimsy. The product itself is excellent.</t>
+          <t>This product’s fragrance is reminiscent of mold. Unable to use</t>
         </is>
       </c>
       <c r="F266" t="b">
         <v>1</v>
       </c>
       <c r="G266" t="b">
         <v>1</v>
       </c>
       <c r="H266" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>2</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I266" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J266" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K266" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L266" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M266" t="inlineStr">
+        <is>
+          <t>mold</t>
+        </is>
+      </c>
+      <c r="N266" t="inlineStr"/>
+      <c r="O266" t="inlineStr"/>
+      <c r="P266" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q266" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>Patricia Jones</t>
+          <t>MC Ronson</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>2024-09-03</t>
-[...5 lines deleted...]
-      <c r="D267" t="inlineStr"/>
+          <t>Reviewed in the United States on May 1, 2019</t>
+        </is>
+      </c>
+      <c r="C267" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D267" t="inlineStr">
+        <is>
+          <t>Wife approved</t>
+        </is>
+      </c>
       <c r="E267" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>This is a very good, organic product with a mild scent and seems effective for anti-fungal skin issues. This is 5% Tea Tree, which may be higher than the 0.5% some brands use or the 10% other brands use (different formulas for different purposes. Those with certain skin conditions may have to use a .05% Tea Tree solution, for example.
+Setting aside nitwits bad reviews from shipping damage, saying it smells like "Lysol" (no way) or crying because it doesn't have "suds", let's educate.
+First: sellers have no control over shipping damage! Same with an occasional manufacturing fault-this happens with the best of products wit h the best of sellers.
+Shipping is a very nasty business, and no manufacturer can control what happens in shipping. Other containers can get damaged and leak on other boxes. Or the buyer or other resident unwittingly got Lysol on the package themselves.
+These ratings/comments are for product review-not shipping reviews. All that is relevant is if the seller makes it right or not. THAT is relevant.
+As far as "lack of suds", soap suds are bubbles and look nice, but bubbles do not clean anything unless it is a lifting foam-and foam is called foam because it is not a bubble. Bubbles are actually waste. Soap cleans on contact, not while up in the air and off of the surface.</t>
         </is>
       </c>
       <c r="F267" t="b">
         <v>1</v>
       </c>
       <c r="G267" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H267" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>20</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I267" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J267" t="n">
+        <v>-0.5481</v>
+      </c>
+      <c r="K267" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L267" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M267" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N267" t="inlineStr"/>
+      <c r="O267" t="inlineStr"/>
+      <c r="P267" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q267" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>John Jones</t>
+          <t>Mtman59808</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>2023-06-18</t>
-[...5 lines deleted...]
-      <c r="D268" t="inlineStr"/>
+          <t>Reviewed in the United States on December 28, 2020</t>
+        </is>
+      </c>
+      <c r="C268" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D268" t="inlineStr">
+        <is>
+          <t>Won't buy again.</t>
+        </is>
+      </c>
       <c r="E268" t="inlineStr">
         <is>
-          <t>The packaging is awful! The bottle leaks constantly, the cap is broken, and the design is terrible. Complete waste of money.</t>
+          <t>The product itself is okay. Nice minty feeling. Makes you feel clean. Did not notice any of the moisturizing claims. There seems to be a problem when it is shipped. The first one I received had been broken in the amazon box and leaked all over. I was surprised it was even delivered it was drenched on the outside. I filed a complaint. The second one that came still had some leaking problems...</t>
         </is>
       </c>
       <c r="F268" t="b">
         <v>1</v>
       </c>
       <c r="G268" t="b">
         <v>1</v>
       </c>
       <c r="H268" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I268" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>25</v>
+      <c r="I268" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J268" t="n">
+        <v>-0.7284</v>
+      </c>
+      <c r="K268" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L268" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M268" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N268" t="inlineStr"/>
+      <c r="O268" t="inlineStr"/>
+      <c r="P268" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q268" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>Sarah Jones</t>
+          <t>David M Bell</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>2024-02-05</t>
-[...5 lines deleted...]
-      <c r="D269" t="inlineStr"/>
+          <t>Reviewed in the United States on August 6, 2020</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D269" t="inlineStr">
+        <is>
+          <t>Subpar packaging and package handling.</t>
+        </is>
+      </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>Got this for my wife who's having open heart surgery next week. They told her she needed to wash with an antibacterial soap. Well, the package arrived today, but the dispenser pump was undone and there was some product in the box. She said she'd use it anyhow, but it seems to me the shipper should take better care to seal the pump before shipping. Of course, the package carrier could use a little more care as well as I'm sure they would expect of their own deliveries.</t>
         </is>
       </c>
       <c r="F269" t="b">
         <v>1</v>
       </c>
       <c r="G269" t="b">
         <v>1</v>
       </c>
       <c r="H269" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>19</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I269" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J269" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K269" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L269" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M269" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N269" t="inlineStr"/>
+      <c r="O269" t="inlineStr"/>
+      <c r="P269" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q269" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>Lisa Jones</t>
+          <t>Alfy</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>2023-12-04</t>
-[...5 lines deleted...]
-      <c r="D270" t="inlineStr"/>
+          <t>Reviewed in the United States on February 5, 2022</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D270" t="inlineStr">
+        <is>
+          <t>Arrived with seal opened and sill</t>
+        </is>
+      </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>Scent is ok maybe the mixture of tea tree &amp; mint together is a bit too much a bit strong not that delicate, however for me was a new product and scent and it's always nice when I try something new... What I didn't liked is that arrived with the lid seal broken and some spill inside the box I don't understand how could happened since is with the lid on.</t>
         </is>
       </c>
       <c r="F270" t="b">
         <v>1</v>
       </c>
       <c r="G270" t="b">
         <v>1</v>
       </c>
       <c r="H270" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I270" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>30</v>
+      <c r="I270" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J270" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K270" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L270" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M270" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N270" t="inlineStr"/>
+      <c r="O270" t="inlineStr"/>
+      <c r="P270" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q270" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>John Williams</t>
+          <t>CY, Hawaii</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>2024-07-25</t>
-[...5 lines deleted...]
-      <c r="D271" t="inlineStr"/>
+          <t>Reviewed in the United States on March 17, 2021</t>
+        </is>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D271" t="inlineStr">
+        <is>
+          <t>Bottles could have been packaged better. When I opened the box every bottle leaked.</t>
+        </is>
+      </c>
       <c r="E271" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>I purchased the products for our whole family to help with acne and skin irritations especially on our faces due to mask wearing. It’s early on but seems to work.</t>
         </is>
       </c>
       <c r="F271" t="b">
         <v>1</v>
       </c>
       <c r="G271" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H271" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>23</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I271" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J271" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K271" t="n">
+        <v>0</v>
+      </c>
+      <c r="L271" t="inlineStr"/>
+      <c r="M271" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N271" t="inlineStr"/>
+      <c r="O271" t="inlineStr"/>
+      <c r="P271" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q271" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>Sarah Jones</t>
+          <t>Sher from Provo</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>2023-01-06</t>
-[...5 lines deleted...]
-      <c r="D272" t="inlineStr"/>
+          <t>Reviewed in the United States on November 17, 2020</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D272" t="inlineStr">
+        <is>
+          <t>Love the product, but be more careful about shipping.</t>
+        </is>
+      </c>
       <c r="E272" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>I liked the product but it, along with another bottle of soap that came with it, was inadequately prepared for shipment. The lid was loose and it had leaked inside and through the box. There was a dent in the actual bottle as well. Kind of a mess when it got here. It smells and feels great though.</t>
         </is>
       </c>
       <c r="F272" t="b">
         <v>1</v>
       </c>
       <c r="G272" t="b">
         <v>1</v>
       </c>
       <c r="H272" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...16 lines deleted...]
-      <c r="M272" t="n">
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I272" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J272" t="n">
+        <v>-0.8459</v>
+      </c>
+      <c r="K272" t="n">
+        <v>-0.75</v>
+      </c>
+      <c r="L272" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M272" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N272" t="inlineStr"/>
+      <c r="O272" t="inlineStr"/>
+      <c r="P272" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q272" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>James Miller</t>
+          <t>Aaron</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
-[...5 lines deleted...]
-      <c r="D273" t="inlineStr"/>
+          <t>Reviewed in the United States on December 12, 2019</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <t>awful smell</t>
+        </is>
+      </c>
       <c r="E273" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>Let me start by saying the shampoo and conditioner of this product are amazing and I will continue to buy, however....the body wash I was not expecting. The smell is absolutely horrid. I even tried shaking the bottle a bunch to see if maybe it was settled and i was getting some weird combination of just a peppermint additive, but it didn't help. How this body wash passed through the scent department without anybody saying "this is awful" surprises me. Maybe I got a bad batch, I'm not sure...but this body wash smells like something I would expect to come from my dog if she ate her way through a box of candy canes. I'm not sure of its moisturizing properties because I can't get past the smell. I've gotten through 3 showers now using it and will not be using it again. but as mentioned earlier, the shampoo and conditioner are excellent products, just not the body wash.</t>
         </is>
       </c>
       <c r="F273" t="b">
         <v>1</v>
       </c>
       <c r="G273" t="b">
         <v>1</v>
       </c>
       <c r="H273" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I273" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>22</v>
+      <c r="I273" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J273" t="n">
+        <v>-0.8219</v>
+      </c>
+      <c r="K273" t="n">
+        <v>-0.8944</v>
+      </c>
+      <c r="L273" t="inlineStr"/>
+      <c r="M273" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N273" t="inlineStr"/>
+      <c r="O273" t="inlineStr"/>
+      <c r="P273" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q273" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>Robert Rodriguez</t>
+          <t>Rebecca</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>2023-11-01</t>
-[...5 lines deleted...]
-      <c r="D274" t="inlineStr"/>
+          <t>Reviewed in the United States on May 17, 2021</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr">
+        <is>
+          <t>Body wash</t>
+        </is>
+      </c>
       <c r="E274" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Love the item of the body wash There wasnt a pump in the box that goes with it Anway that one can be sent to me it shown one that came with it when i order it Thank you Hope to get one</t>
         </is>
       </c>
       <c r="F274" t="b">
         <v>1</v>
       </c>
       <c r="G274" t="b">
         <v>1</v>
       </c>
       <c r="H274" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I274" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>5</v>
+      <c r="I274" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J274" t="n">
+        <v>1</v>
+      </c>
+      <c r="K274" t="n">
+        <v>1</v>
+      </c>
+      <c r="L274" t="inlineStr"/>
+      <c r="M274" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N274" t="inlineStr"/>
+      <c r="O274" t="inlineStr"/>
+      <c r="P274" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q274" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>Lisa Davis</t>
+          <t>AAA</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>2023-11-15</t>
-[...5 lines deleted...]
-      <c r="D275" t="inlineStr"/>
+          <t>Reviewed in the United States on May 14, 2020</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>Packaging sucks. Order spilled out in bag.</t>
+        </is>
+      </c>
       <c r="E275" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>Product works. It’s helping my skin. Great for irritated dry skin, but the bottle was squished. I lost a quarter of my body wash in the bag. I want to order this again and the Shampoo and Conditioner, but I want my items in a box, not a flat bag.</t>
         </is>
       </c>
       <c r="F275" t="b">
         <v>1</v>
       </c>
       <c r="G275" t="b">
         <v>1</v>
       </c>
       <c r="H275" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>2</v>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I275" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J275" t="n">
+        <v>-0.7832</v>
+      </c>
+      <c r="K275" t="n">
+        <v>-0.5693</v>
+      </c>
+      <c r="L275" t="inlineStr"/>
+      <c r="M275" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N275" t="inlineStr"/>
+      <c r="O275" t="inlineStr"/>
+      <c r="P275" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q275" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>David Martinez</t>
+          <t>April S</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>2024-03-21</t>
-[...5 lines deleted...]
-      <c r="D276" t="inlineStr"/>
+          <t>Reviewed in the United States on September 23, 2021</t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr">
+        <is>
+          <t>One quarter of the bottle leaked</t>
+        </is>
+      </c>
       <c r="E276" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>I liked the product, the smell, etc. When I received the product, one quarter of the bottled had leaked out into the bubble wrap bag. Not impressed. Even the shipping box was wet.</t>
         </is>
       </c>
       <c r="F276" t="b">
         <v>1</v>
       </c>
       <c r="G276" t="b">
         <v>1</v>
       </c>
       <c r="H276" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>10</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I276" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J276" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K276" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L276" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M276" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N276" t="inlineStr"/>
+      <c r="O276" t="inlineStr"/>
+      <c r="P276" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q276" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>John Smith</t>
+          <t>christy s.</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>2024-08-14</t>
-[...5 lines deleted...]
-      <c r="D277" t="inlineStr"/>
+          <t>Reviewed in the United States on April 29, 2020</t>
+        </is>
+      </c>
+      <c r="C277" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="E277" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>I really like the product but was disappointed when I opened the box and found a mess, it leaked all over the wrapping and inside the box. I would suggest having the pump separate and ship it capped.</t>
         </is>
       </c>
       <c r="F277" t="b">
         <v>1</v>
       </c>
       <c r="G277" t="b">
         <v>1</v>
       </c>
       <c r="H277" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I277" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>1</v>
+      <c r="I277" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J277" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K277" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L277" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M277" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N277" t="inlineStr"/>
+      <c r="O277" t="inlineStr"/>
+      <c r="P277" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q277" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>Michael Garcia</t>
+          <t>Ray M</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>2024-02-27</t>
-[...5 lines deleted...]
-      <c r="D278" t="inlineStr"/>
+          <t>Reviewed in the United States on October 13, 2020</t>
+        </is>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr">
+        <is>
+          <t>No lid.</t>
+        </is>
+      </c>
       <c r="E278" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>It came without a proper lid so I’m going to figure a way to get it out of the bottle. I checked the box, nothing.</t>
         </is>
       </c>
       <c r="F278" t="b">
         <v>1</v>
       </c>
       <c r="G278" t="b">
         <v>1</v>
       </c>
       <c r="H278" t="inlineStr">
         <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I278" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>12</v>
+      <c r="I278" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J278" t="n">
+        <v>0</v>
+      </c>
+      <c r="K278" t="n">
+        <v>0</v>
+      </c>
+      <c r="L278" t="inlineStr"/>
+      <c r="M278" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N278" t="inlineStr"/>
+      <c r="O278" t="inlineStr"/>
+      <c r="P278" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q278" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>Robert Davis</t>
+          <t>KMJ1967</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>2023-11-15</t>
-[...5 lines deleted...]
-      <c r="D279" t="inlineStr"/>
+          <t>Reviewed in the United States on August 10, 2020</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D279" t="inlineStr">
+        <is>
+          <t>Messy Opening</t>
+        </is>
+      </c>
       <c r="E279" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>This product was placed in a box with several other items. The plastic packaging over the pump top was not tight and there was body wash all over everything. Took a while to clean it off of the other products (and my dining room table, where I opened the delivery box). You might want to consider ordering this product by itself and not combined with anything else. Ugh!</t>
         </is>
       </c>
       <c r="F279" t="b">
         <v>1</v>
       </c>
       <c r="G279" t="b">
         <v>1</v>
       </c>
       <c r="H279" t="inlineStr">
         <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I279" t="inlineStr">
+        <is>
           <t>neutral</t>
         </is>
       </c>
-      <c r="I279" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>23</v>
+      <c r="J279" t="n">
+        <v>0</v>
+      </c>
+      <c r="K279" t="n">
+        <v>0</v>
+      </c>
+      <c r="L279" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M279" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N279" t="inlineStr"/>
+      <c r="O279" t="inlineStr"/>
+      <c r="P279" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q279" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>Maria Johnson</t>
+          <t>Jenny</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>2023-11-22</t>
-[...5 lines deleted...]
-      <c r="D280" t="inlineStr"/>
+          <t>Reviewed in the United States on June 11, 2020</t>
+        </is>
+      </c>
+      <c r="C280" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D280" t="inlineStr">
+        <is>
+          <t>Good product</t>
+        </is>
+      </c>
       <c r="E280" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>Almost half the contents was leaking out all over the box when it arrived. I canceled future orders and will find
+another brand.</t>
         </is>
       </c>
       <c r="F280" t="b">
         <v>1</v>
       </c>
       <c r="G280" t="b">
         <v>1</v>
       </c>
       <c r="H280" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>20</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I280" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J280" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K280" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L280" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M280" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N280" t="inlineStr"/>
+      <c r="O280" t="inlineStr"/>
+      <c r="P280" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q280" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>Sarah Williams</t>
+          <t>MssWho</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>2023-05-27</t>
-[...5 lines deleted...]
-      <c r="D281" t="inlineStr"/>
+          <t>Reviewed in the United States on July 13, 2023</t>
+        </is>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D281" t="inlineStr">
+        <is>
+          <t>Need to tighten the tops on the bottles better</t>
+        </is>
+      </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>I bought this for my daughter since i like usimg myself however hers came with top off and liquid was pouring all over inside of the box. Disappointed.. i wrote once already and assused another bottle will be sent out to texas. But it is a great product.
+9/17. Product was never replaced. So kept my money and no product. Not fair</t>
         </is>
       </c>
       <c r="F281" t="b">
         <v>1</v>
       </c>
       <c r="G281" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H281" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>15</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I281" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J281" t="n">
+        <v>-0.8401</v>
+      </c>
+      <c r="K281" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L281" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M281" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N281" t="inlineStr"/>
+      <c r="O281" t="inlineStr"/>
+      <c r="P281" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q281" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>John Brown</t>
+          <t>Bob Bobinsky</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>2023-04-14</t>
-[...5 lines deleted...]
-      <c r="D282" t="inlineStr"/>
+          <t>Reviewed in the United States on November 24, 2025</t>
+        </is>
+      </c>
+      <c r="C282" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D282" t="inlineStr">
+        <is>
+          <t>Smells yummy</t>
+        </is>
+      </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>I took a star off because the pump was already broken and crushed beofre it was even packed into the shipping box. So, I had to empty it into another container to use it. So, The pump is cheap and flimsey.
+Otherwise,...
+It made our skin super soft.. Liek to where we kept thinking we were still wet.
+Didnt irritate any allergies or anything
+Seems to be really effective for...washing your body...</t>
         </is>
       </c>
       <c r="F282" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G282" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H282" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>3</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I282" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J282" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K282" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L282" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M282" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N282" t="inlineStr"/>
+      <c r="O282" t="inlineStr"/>
+      <c r="P282" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q282" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>Patricia Williams</t>
+          <t>Noelle Lieber</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>2024-04-25</t>
-[...5 lines deleted...]
-      <c r="D283" t="inlineStr"/>
+          <t>Reviewed in the United States on May 15, 2020</t>
+        </is>
+      </c>
+      <c r="C283" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D283" t="inlineStr">
+        <is>
+          <t>Great product but bottomed out !!!</t>
+        </is>
+      </c>
       <c r="E283" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>The product leaked all over the box so most of the bottle was empty!!!!</t>
         </is>
       </c>
       <c r="F283" t="b">
         <v>1</v>
       </c>
       <c r="G283" t="b">
         <v>1</v>
       </c>
       <c r="H283" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I283" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>12</v>
+      <c r="I283" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J283" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K283" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L283" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M283" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N283" t="inlineStr"/>
+      <c r="O283" t="inlineStr"/>
+      <c r="P283" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q283" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>Sarah Davis</t>
+          <t>Jonathan</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>2023-01-01</t>
-[...5 lines deleted...]
-      <c r="D284" t="inlineStr"/>
+          <t>Reviewed in the United States on March 18, 2025</t>
+        </is>
+      </c>
+      <c r="C284" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D284" t="inlineStr">
+        <is>
+          <t>Broken dispensing pump top</t>
+        </is>
+      </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>Pump was broken in half when removed from box</t>
         </is>
       </c>
       <c r="F284" t="b">
         <v>1</v>
       </c>
       <c r="G284" t="b">
         <v>1</v>
       </c>
       <c r="H284" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>6</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I284" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J284" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K284" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L284" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M284" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N284" t="inlineStr"/>
+      <c r="O284" t="inlineStr"/>
+      <c r="P284" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q284" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>Patricia Johnson</t>
+          <t>Clay</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>2024-09-17</t>
-[...5 lines deleted...]
-      <c r="D285" t="inlineStr"/>
+          <t>Reviewed in the United States on April 5, 2020</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D285" t="inlineStr">
+        <is>
+          <t>Yuck...</t>
+        </is>
+      </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>I have used other Tea Tree products and this one came across on a daily deal... I should have passed. The smell has a chemical harshness to it like no other tea tree product I've ever used, it doesn't lather up like other soaps and (again) other tea tree products I've used in the past. The pump also was broken during shipping as it was delivered in a bag, not a box.</t>
         </is>
       </c>
       <c r="F285" t="b">
         <v>1</v>
       </c>
       <c r="G285" t="b">
         <v>1</v>
       </c>
       <c r="H285" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>20</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I285" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J285" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K285" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L285" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M285" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N285" t="inlineStr"/>
+      <c r="O285" t="inlineStr"/>
+      <c r="P285" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q285" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>Lisa Brown</t>
+          <t>Coleman Fam</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>2024-05-11</t>
-[...5 lines deleted...]
-      <c r="D286" t="inlineStr"/>
+          <t>Reviewed in the United States on January 14, 2025</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D286" t="inlineStr">
+        <is>
+          <t>Came with soap leaking prior to the package being opened. The box wasn't damaged.</t>
+        </is>
+      </c>
       <c r="E286" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>Soap leaked out into the plastic it was wrapped in. 🥲</t>
         </is>
       </c>
       <c r="F286" t="b">
         <v>1</v>
       </c>
       <c r="G286" t="b">
         <v>1</v>
       </c>
       <c r="H286" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I286" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J286" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K286" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L286" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M286" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N286" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Coleman_Fam_review6_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O286" t="inlineStr"/>
+      <c r="P286" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q286" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>James Martinez</t>
+          <t>Justin</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
-[...5 lines deleted...]
-      <c r="D287" t="inlineStr"/>
+          <t>Reviewed in the United States on March 18, 2023</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D287" t="inlineStr">
+        <is>
+          <t>Damaged-leaking bottle</t>
+        </is>
+      </c>
       <c r="E287" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Box was in perfect condition. Clearly product damaged prior to packing and still shipped regardless. Not going to spend time sending this back for replacement, but will not be ordering again in the future.</t>
         </is>
       </c>
       <c r="F287" t="b">
         <v>1</v>
       </c>
       <c r="G287" t="b">
         <v>1</v>
       </c>
       <c r="H287" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>6</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I287" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J287" t="n">
+        <v>-0.7778</v>
+      </c>
+      <c r="K287" t="n">
+        <v>0</v>
+      </c>
+      <c r="L287" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M287" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N287" t="inlineStr"/>
+      <c r="O287" t="inlineStr"/>
+      <c r="P287" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q287" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>Robert Jones</t>
+          <t>B Vine</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>2023-06-05</t>
-[...5 lines deleted...]
-      <c r="D288" t="inlineStr"/>
+          <t>Reviewed in the United States on November 16, 2025</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D288" t="inlineStr">
+        <is>
+          <t>Cheap appearance, OK ingredients</t>
+        </is>
+      </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>The smells are decent if not a bit generic, but my biggest gripe is that the set even in it's boxed packaging just screams "dollar store shower gel." This isn't something I'd feel great about giving as a gift. The gel itself is average quality, rinses well but I found it a bit drying.</t>
         </is>
       </c>
       <c r="F288" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G288" t="b">
         <v>1</v>
       </c>
       <c r="H288" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>28</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I288" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J288" t="n">
+        <v>-0.7516</v>
+      </c>
+      <c r="K288" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L288" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M288" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N288" t="inlineStr"/>
+      <c r="O288" t="inlineStr"/>
+      <c r="P288" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q288" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>John Williams</t>
+          <t>Amazon Customer</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>2023-10-18</t>
-[...5 lines deleted...]
-      <c r="D289" t="inlineStr"/>
+          <t>Reviewed in the United States on July 26, 2021</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D289" t="inlineStr">
+        <is>
+          <t>Opened and broken bottle sent to me</t>
+        </is>
+      </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>Product showed up very damaged. Body wash spilled all over the inside of the bubble wrap and it leaked out into the box. Not sure if the bottle was opened before it was sent to me, but I’m stuck now going somewhere else to get a replacement.</t>
         </is>
       </c>
       <c r="F289" t="b">
         <v>1</v>
       </c>
       <c r="G289" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H289" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I289" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>1</v>
+      <c r="I289" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J289" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K289" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L289" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M289" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N289" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Amazon_Customer_review9_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O289" t="inlineStr"/>
+      <c r="P289" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q289" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>James Rodriguez</t>
+          <t>Charlene Whidbee</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>2023-07-17</t>
-[...5 lines deleted...]
-      <c r="D290" t="inlineStr"/>
+          <t>Reviewed in the United States on December 1, 2020</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr">
+        <is>
+          <t>Second time received damaged</t>
+        </is>
+      </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>I love this product but this is the second time I have received it damaged and leaking. Please ship in box on the future not amazon paper packaging.</t>
         </is>
       </c>
       <c r="F290" t="b">
         <v>1</v>
       </c>
       <c r="G290" t="b">
         <v>1</v>
       </c>
       <c r="H290" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>21</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I290" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J290" t="n">
+        <v>-0.8455</v>
+      </c>
+      <c r="K290" t="n">
+        <v>-0.4228</v>
+      </c>
+      <c r="L290" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M290" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N290" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Charlene_Whidbee_review1_img1.jpg%2C%20Charlene_Whidbee_review1_img2.jpg%2C%20Charlene_Whidbee_review1_img3.jpg</t>
+        </is>
+      </c>
+      <c r="O290" t="inlineStr"/>
+      <c r="P290" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q290" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>Jennifer Davis</t>
+          <t>John</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>2023-08-15</t>
-[...5 lines deleted...]
-      <c r="D291" t="inlineStr"/>
+          <t>Reviewed in the United States on April 2, 2021</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D291" t="inlineStr">
+        <is>
+          <t>Bottle leaked all over</t>
+        </is>
+      </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>Can't really review half the bottle is in the box it came in smells nice though</t>
         </is>
       </c>
       <c r="F291" t="b">
         <v>1</v>
       </c>
       <c r="G291" t="b">
         <v>1</v>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>11</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I291" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J291" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K291" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L291" t="inlineStr"/>
+      <c r="M291" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N291" t="inlineStr"/>
+      <c r="O291" t="inlineStr"/>
+      <c r="P291" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q291" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>Michael Miller</t>
+          <t>v B-) B-) cc hm</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>2024-08-20</t>
-[...5 lines deleted...]
-      <c r="D292" t="inlineStr"/>
+          <t>Reviewed in the United States on May 20, 2020</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D292" t="inlineStr">
+        <is>
+          <t>Leaking</t>
+        </is>
+      </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>Open and leaking inside box.</t>
         </is>
       </c>
       <c r="F292" t="b">
         <v>1</v>
       </c>
       <c r="G292" t="b">
         <v>1</v>
       </c>
       <c r="H292" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>11</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I292" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J292" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K292" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L292" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M292" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N292" t="inlineStr"/>
+      <c r="O292" t="inlineStr"/>
+      <c r="P292" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q292" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>James Davis</t>
+          <t>Fab Or Flop Finds</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>2023-08-23</t>
-[...5 lines deleted...]
-      <c r="D293" t="inlineStr"/>
+          <t>Reviewed in the United States on April 5, 2025</t>
+        </is>
+      </c>
+      <c r="C293" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D293" t="inlineStr">
+        <is>
+          <t>Nice boxed set of variety body washes with good, unique scents.</t>
+        </is>
+      </c>
       <c r="E293" t="inlineStr">
         <is>
-          <t>The bottle is slippery and caused a spill. The cap design needs improvement for better grip.</t>
+          <t>Nice gift bath set with three different washes of smallish size (but just over the TSA travel size of 3 oz). Love the variety and the scents. Feels soft and refreshing, with a good lather.</t>
         </is>
       </c>
       <c r="F293" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G293" t="b">
         <v>1</v>
       </c>
       <c r="H293" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>3</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I293" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J293" t="n">
+        <v>0.2727</v>
+      </c>
+      <c r="K293" t="n">
+        <v>0</v>
+      </c>
+      <c r="L293" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M293" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N293" t="inlineStr"/>
+      <c r="O293" t="inlineStr"/>
+      <c r="P293" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q293" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>Lisa Johnson</t>
+          <t>Cat, Chris and Family</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>2023-08-05</t>
-[...5 lines deleted...]
-      <c r="D294" t="inlineStr"/>
+          <t>Reviewed in the United States on February 3, 2020</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D294" t="inlineStr">
+        <is>
+          <t>Love the Bodywash but Had Issues with Bottle</t>
+        </is>
+      </c>
       <c r="E294" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>I really struggled to rate this body wash because I've truly love the body wash itself but I had some issues with delivery and the bottle malfunctioning.
+Let's begin with the positives:
+The scent is absolutely amazing. It definitely smells like I pictured it smelling. It is a mix of tea tree oil and mint. I would say it's a perfect melding of the 2 ingredients. The body wash leaves my skin smelling wonderful and feeling smooth. It doesn't dry my skin out at all and my skin actually felt moisturized after using it. It has a good lather and spreads and goes a long way so you only have to use a little each time.
+The issues I had were when I 1st received it the bottle had leaked and spilled all over the place. Thankfully it was in a bag so it didn't leak into the or on my furniture. All I had to do was rinse it off and it was no biggie. I didn't lose too much of the body wash. The other issue I have is with the pump. It won't twist open like it is supposed to so I have to open the entire bottle and pour it on to my loofah when I want to use it. I was kind of bummed out about that because I was excited about the pump feature, which is very convenient.
+All in all, I was considering giving this only 3 stars at first because of the issues but I really like the product and think it is of great quality so I decided to give it 4 stars since it probably isn't the manufacturer's fault when it comes to the bottle leaking. It's probably due to rough handling during shipping and can't be helped. I do wish the pump worked but still really like this body wash and think it's worth purchasing.</t>
         </is>
       </c>
       <c r="F294" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G294" t="b">
         <v>1</v>
       </c>
       <c r="H294" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>9</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I294" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J294" t="n">
+        <v>-0.5096000000000001</v>
+      </c>
+      <c r="K294" t="n">
+        <v>-0.6691</v>
+      </c>
+      <c r="L294" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M294" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N294" t="inlineStr"/>
+      <c r="O294" t="inlineStr"/>
+      <c r="P294" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q294" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>Lisa Brown</t>
+          <t>Customer review</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>2024-06-10</t>
-[...5 lines deleted...]
-      <c r="D295" t="inlineStr"/>
+          <t>Reviewed in the United States on April 14, 2025</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D295" t="inlineStr">
+        <is>
+          <t>Shower gel set</t>
+        </is>
+      </c>
       <c r="E295" t="inlineStr">
         <is>
-          <t>The bottle has a secure cap that prevents leaks. The sealed container keeps the detergent fresh. Very protective packaging design.</t>
+          <t>This is a lovely little shower gel sampler. It comes in such a pretty box, that it would make a nice gift. The shower gels have a very nice scent and get my skin clean and feeling soft and smooth. They lather very well and rinse off without any residue.</t>
         </is>
       </c>
       <c r="F295" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G295" t="b">
         <v>1</v>
       </c>
       <c r="H295" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I295" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>1</v>
+      <c r="I295" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J295" t="n">
+        <v>0</v>
+      </c>
+      <c r="K295" t="n">
+        <v>0</v>
+      </c>
+      <c r="L295" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M295" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N295" t="inlineStr"/>
+      <c r="O295" t="inlineStr"/>
+      <c r="P295" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q295" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>Robert Williams</t>
+          <t>Our Family Reviews</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>2024-08-18</t>
-[...5 lines deleted...]
-      <c r="D296" t="inlineStr"/>
+          <t>Reviewed in the United States on March 30, 2025</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D296" t="inlineStr">
+        <is>
+          <t>Smells nice</t>
+        </is>
+      </c>
       <c r="E296" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>This reivew is for the Botanic Hearth Relax and Renew shower set - Pack of 3 of Body Wash (British Rose,Lavender, Calendula Neem). This set comes in a cute box showing the 3 bottles of body wash. It would make a nice gift set except the bottles were not secure in the box and were all crooked. The body wash itself is nice and each one smells nice.</t>
         </is>
       </c>
       <c r="F296" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G296" t="b">
         <v>1</v>
       </c>
       <c r="H296" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>15</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I296" t="inlineStr">
+        <is>
+          <t>appreciation</t>
+        </is>
+      </c>
+      <c r="J296" t="n">
+        <v>0</v>
+      </c>
+      <c r="K296" t="n">
+        <v>0</v>
+      </c>
+      <c r="L296" t="inlineStr"/>
+      <c r="M296" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N296" t="inlineStr"/>
+      <c r="O296" t="inlineStr"/>
+      <c r="P296" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q296" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>Jennifer Rodriguez</t>
+          <t>Amy T.</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>2023-05-01</t>
-[...5 lines deleted...]
-      <c r="D297" t="inlineStr"/>
+          <t>Reviewed in the United States on April 2, 2025</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr">
+        <is>
+          <t>4 oz bottles of body wash</t>
+        </is>
+      </c>
       <c r="E297" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>These make a great presentation in the box if gifting or leaving in the bathroom for guests to use. There are 3 4oz bottles of the different scents that smell as described on the label.</t>
         </is>
       </c>
       <c r="F297" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G297" t="b">
         <v>1</v>
       </c>
       <c r="H297" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>21</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I297" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J297" t="n">
+        <v>1</v>
+      </c>
+      <c r="K297" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="L297" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M297" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N297" t="inlineStr"/>
+      <c r="O297" t="inlineStr"/>
+      <c r="P297" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q297" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>Patricia Miller</t>
+          <t>Eren</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>2023-08-11</t>
-[...5 lines deleted...]
-      <c r="D298" t="inlineStr"/>
+          <t>Reviewed in the United States on January 31, 2021</t>
+        </is>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D298" t="inlineStr">
+        <is>
+          <t>Bad</t>
+        </is>
+      </c>
       <c r="E298" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>I dislike the product. Does not moisturize. The product has spilled in the box halfway. Do not see results like other products of its kind.</t>
         </is>
       </c>
       <c r="F298" t="b">
         <v>1</v>
       </c>
       <c r="G298" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>positive</t>
-[...16 lines deleted...]
-      <c r="M298" t="n">
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I298" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J298" t="n">
+        <v>-0.84</v>
+      </c>
+      <c r="K298" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L298" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M298" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N298" t="inlineStr"/>
+      <c r="O298" t="inlineStr"/>
+      <c r="P298" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q298" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>Robert Garcia</t>
+          <t>chicago1</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>2024-08-28</t>
-[...5 lines deleted...]
-      <c r="D299" t="inlineStr"/>
+          <t>Reviewed in the United States on January 11, 2021</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>Leaked out in box</t>
+        </is>
+      </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>Leaked out In box.</t>
         </is>
       </c>
       <c r="F299" t="b">
         <v>1</v>
       </c>
       <c r="G299" t="b">
         <v>1</v>
       </c>
       <c r="H299" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I299" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>24</v>
+      <c r="I299" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J299" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K299" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L299" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M299" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N299" t="inlineStr"/>
+      <c r="O299" t="inlineStr"/>
+      <c r="P299" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q299" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>Michael Smith</t>
+          <t>IJ</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>2024-11-09</t>
-[...5 lines deleted...]
-      <c r="D300" t="inlineStr"/>
+          <t>Reviewed in Australia on June 19, 2020</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>Minty liquid soap that reduces body odour</t>
+        </is>
+      </c>
       <c r="E300" t="inlineStr">
         <is>
-          <t>The container had cracks when it arrived. The packaging was damaged but the product was fine.</t>
+          <t>Very minty! Which I like so much.
+Reduced the body odour, so I can use natural deodorant.
+However, packaging was awful.
+The liquid soap leaked out and onto the box.
+So I have less the amount of what I should get.</t>
         </is>
       </c>
       <c r="F300" t="b">
         <v>1</v>
       </c>
       <c r="G300" t="b">
         <v>1</v>
       </c>
       <c r="H300" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I300" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>9</v>
+      <c r="I300" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J300" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K300" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L300" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M300" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N300" t="inlineStr"/>
+      <c r="O300" t="inlineStr"/>
+      <c r="P300" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q300" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>Patricia Davis</t>
+          <t>VK</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>2023-01-26</t>
-[...5 lines deleted...]
-      <c r="D301" t="inlineStr"/>
+          <t>Reviewed in the United Kingdom on March 23, 2025</t>
+        </is>
+      </c>
+      <c r="C301" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D301" t="inlineStr">
+        <is>
+          <t>Disappointing Packaging, Some Overpowering Scents</t>
+        </is>
+      </c>
       <c r="E301" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>I’ve used this brand before and have had some of their sets, which were always well-cellophaned and completely sealed. However, this particular set arrived in quite an underwhelming condition. The box looks nothing like the picture—it’s actually a silver-grey colour, far less appealing than shown in the listing. The box also had multiple creases and was covered in sellotape, including over the window where the products were meant to be visible, which completely ruined the presentation. When I tried to remove the sellotape, it got stuck to the window and around the box, making things even worse. While this was for personal use in my case, it would have been completely unsuitable as a gift.
+Inside, the bottles arrived sticky, and one was partially open, with a visible bubble coming out of the body wash, which was quite disappointing. The set includes three different body washes: British Rose &amp; Almond with Shea Butter, Bulgarian Lavender &amp; Ylang Ylang, and Calendula Neem &amp; Salicylic Acid. The British Rose &amp; Almond has a lovely scent and feels gentle on the skin. The Calendula Neem has a clean scent, but it does come across as a bit cheap. The Bulgarian Lavender &amp; Ylang Ylang, however, is extremely intense, lingers for a long time, and personally, I found it quite overpowering.
+That being said, the formulations themselves seem gentle and non-irritating, and all the bottles have a decent expiry date of over a year. While I’ve had better-quality products from this brand in the past, I still wouldn’t rate it lower than three stars. If the packaging had been in better condition and matched the listing, this would have been a much more presentable and worthwhile set to try.</t>
         </is>
       </c>
       <c r="F301" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G301" t="b">
         <v>1</v>
       </c>
       <c r="H301" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I301" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>26</v>
+      <c r="I301" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J301" t="n">
+        <v>-0.8287</v>
+      </c>
+      <c r="K301" t="n">
+        <v>-0.1429</v>
+      </c>
+      <c r="L301" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M301" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N301" t="inlineStr"/>
+      <c r="O301" t="inlineStr"/>
+      <c r="P301" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q301" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>Robert Rodriguez</t>
+          <t>Sawyer Smith</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>2023-05-06</t>
-[...5 lines deleted...]
-      <c r="D302" t="inlineStr"/>
+          <t>Reviewed in Canada on March 4, 2025</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D302" t="inlineStr">
+        <is>
+          <t>Not bad</t>
+        </is>
+      </c>
       <c r="E302" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>I was scared the tea tree was going to smell too strong but it doesn’t! I don’t notice anything that the seller suggests it helps with but still a nice body wash. Expensive tho.
+The cap was also not tight enough and when I opened my Amazon box it leaked all over. To the seller, I suggest putting a seal on the bottle that you have to take off before use.</t>
         </is>
       </c>
       <c r="F302" t="b">
         <v>1</v>
       </c>
       <c r="G302" t="b">
         <v>1</v>
       </c>
       <c r="H302" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>6</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I302" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J302" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K302" t="n">
+        <v>-0.42</v>
+      </c>
+      <c r="L302" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M302" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N302" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Sawyer_Smith_review5_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O302" t="inlineStr"/>
+      <c r="P302" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q302" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>Jennifer Johnson</t>
+          <t>KD</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>2023-09-11</t>
-[...5 lines deleted...]
-      <c r="D303" t="inlineStr"/>
+          <t>Reviewed in Canada on September 27, 2024</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr">
+        <is>
+          <t>Great product not shipped well</t>
+        </is>
+      </c>
       <c r="E303" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>I really like this product and recommend it to people for itchy skin and irritations. My second bottle arrived today leaking all over the contents in the box and the pump is broken. Probably needs to be shipped units own separate bag.</t>
         </is>
       </c>
       <c r="F303" t="b">
         <v>1</v>
       </c>
       <c r="G303" t="b">
         <v>1</v>
       </c>
       <c r="H303" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>16</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I303" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J303" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K303" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L303" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M303" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N303" t="inlineStr"/>
+      <c r="O303" t="inlineStr"/>
+      <c r="P303" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q303" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>Robert Davis</t>
+          <t>Farah lobaina diaz</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>2024-06-06</t>
-[...5 lines deleted...]
-      <c r="D304" t="inlineStr"/>
+          <t>Reviewed in Canada on December 21, 2023</t>
+        </is>
+      </c>
+      <c r="C304" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr">
+        <is>
+          <t>Broken cap</t>
+        </is>
+      </c>
       <c r="E304" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>We just received this, I ordered for my husband and to my surprise it arrived damaged and spilled in the box. Quite disappointing since the only thing you can do is return the item and get a replacement which to me is a huge hassle anyways so we're not going through that. The bottle seemed to have been damaged before it was even placed inside the box which makes it worse. Shame cause my husband doesn't tolerate strong smells and this has a light minty scent that he's not opposed to lol. Guess we'll try it and see if he actually likes it</t>
         </is>
       </c>
       <c r="F304" t="b">
         <v>1</v>
       </c>
       <c r="G304" t="b">
         <v>1</v>
       </c>
       <c r="H304" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I304" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>16</v>
+      <c r="I304" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J304" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K304" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L304" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M304" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N304" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Farah_lobaina_diaz_review7_img1.jpg%2C%20Farah_lobaina_diaz_review7_img2.jpg</t>
+        </is>
+      </c>
+      <c r="O304" t="inlineStr"/>
+      <c r="P304" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q304" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>Jennifer Jones</t>
+          <t>Marie Cowan</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>2023-12-27</t>
-[...5 lines deleted...]
-      <c r="D305" t="inlineStr"/>
+          <t>Reviewed in Canada on October 28, 2023</t>
+        </is>
+      </c>
+      <c r="C305" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D305" t="inlineStr">
+        <is>
+          <t>I love this product BUT!</t>
+        </is>
+      </c>
       <c r="E305" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>I love this product BUT it arrived damaged, I had ordered as well Philosophy Amazing grace and both were damaged and half ended up at the bottom of the box mixed together.....it is my first time being disappointed with Amazon delivery.....NOT HAPPY HERE!
+Marie :((((((</t>
         </is>
       </c>
       <c r="F305" t="b">
         <v>1</v>
       </c>
       <c r="G305" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H305" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I305" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>1</v>
+      <c r="I305" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J305" t="n">
+        <v>-0.6538</v>
+      </c>
+      <c r="K305" t="n">
+        <v>-0.6538</v>
+      </c>
+      <c r="L305" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M305" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N305" t="inlineStr"/>
+      <c r="O305" t="inlineStr"/>
+      <c r="P305" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q305" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>John Smith</t>
+          <t>Kevin and Cat</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>2024-02-09</t>
-[...5 lines deleted...]
-      <c r="D306" t="inlineStr"/>
+          <t>Reviewed in Canada on March 30, 2025</t>
+        </is>
+      </c>
+      <c r="C306" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D306" t="inlineStr">
+        <is>
+          <t>Won't be ordering again</t>
+        </is>
+      </c>
       <c r="E306" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>I love the smell of the product but the packaging is horrendous this is my third order with a busted pump and poorly packaged half the product has leaked on my other products packaged in the same box from the faulty topper</t>
         </is>
       </c>
       <c r="F306" t="b">
         <v>1</v>
       </c>
       <c r="G306" t="b">
         <v>1</v>
       </c>
       <c r="H306" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I306" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J306" t="n">
+        <v>-0.8057</v>
+      </c>
+      <c r="K306" t="n">
+        <v>-0.8057</v>
+      </c>
+      <c r="L306" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M306" t="inlineStr">
+        <is>
+          <t>box</t>
+        </is>
+      </c>
+      <c r="N306" t="inlineStr"/>
+      <c r="O306" t="inlineStr"/>
+      <c r="P306" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q306" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>Robert Garcia</t>
+          <t>Wayenenisha J Lacy</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>2023-09-25</t>
-[...5 lines deleted...]
-      <c r="D307" t="inlineStr"/>
+          <t>Reviewed in the United States on July 11, 2025</t>
+        </is>
+      </c>
+      <c r="C307" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D307" t="inlineStr">
+        <is>
+          <t>This product is OK, but I thought it would do something different</t>
+        </is>
+      </c>
       <c r="E307" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>Why did you pick this product vs others?:
+This product is good
+Skin feel:
+My skin feel the same
+Skin protection:
+You really don’t protect my skin so far that I seen and I’ve been having for months
+Cleanser quality:
+Qualities all right
+Refreshment value:
+The only thing I can say about this is that it smells really good. It smells just like mint.
+Skin care:
+The skin feel the same didn’t get a real reaction about anything going on with my skin</t>
         </is>
       </c>
       <c r="F307" t="b">
         <v>1</v>
       </c>
       <c r="G307" t="b">
         <v>1</v>
       </c>
       <c r="H307" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>16</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I307" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J307" t="n">
+        <v>1</v>
+      </c>
+      <c r="K307" t="n">
+        <v>0</v>
+      </c>
+      <c r="L307" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M307" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N307" t="inlineStr"/>
+      <c r="O307" t="inlineStr"/>
+      <c r="P307" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q307" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>Maria Johnson</t>
+          <t>Monica</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>2024-02-15</t>
-[...5 lines deleted...]
-      <c r="D308" t="inlineStr"/>
+          <t>Reviewed in the United States on January 6, 2021</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D308" t="inlineStr">
+        <is>
+          <t>Good pure stuff, gentle but strong cleaning....</t>
+        </is>
+      </c>
       <c r="E308" t="inlineStr">
         <is>
-          <t>The protective padding around the bottle prevents damage during shipping. Clean design with secure sealing.</t>
+          <t>Fellow shoppers, this is a good product. Cleansing and light but super protection with the teatree! Great for sensitive skin! Great price and value.</t>
         </is>
       </c>
       <c r="F308" t="b">
         <v>1</v>
       </c>
       <c r="G308" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H308" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I308" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>21</v>
+      <c r="I308" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J308" t="n">
+        <v>0.4894</v>
+      </c>
+      <c r="K308" t="inlineStr"/>
+      <c r="L308" t="inlineStr"/>
+      <c r="M308" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N308" t="inlineStr"/>
+      <c r="O308" t="inlineStr"/>
+      <c r="P308" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q308" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>Michael Miller</t>
+          <t>Jon C. Sparano LMT</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>2024-09-22</t>
-[...5 lines deleted...]
-      <c r="D309" t="inlineStr"/>
+          <t>Reviewed in the United States on September 22, 2020</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D309" t="inlineStr">
+        <is>
+          <t>Good product, ship it better next time l</t>
+        </is>
+      </c>
       <c r="E309" t="inlineStr">
         <is>
-          <t>Excellent packaging design! The bottle is sturdy, the cap is secure, and the container is well-designed. No leaks or damage.</t>
+          <t>My only complaint is about the packing for shipment... kinda lacking in protection and the pump mechanism got damaged during its ride from the "Zon" warehouse</t>
         </is>
       </c>
       <c r="F309" t="b">
         <v>1</v>
       </c>
       <c r="G309" t="b">
         <v>1</v>
       </c>
       <c r="H309" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>25</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I309" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J309" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K309" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L309" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M309" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N309" t="inlineStr"/>
+      <c r="O309" t="inlineStr"/>
+      <c r="P309" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q309" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>Maria Garcia</t>
+          <t>Lorrie Staples</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>2024-11-20</t>
-[...5 lines deleted...]
-      <c r="D310" t="inlineStr"/>
+          <t>Reviewed in the United States on October 2, 2020</t>
+        </is>
+      </c>
+      <c r="C310" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D310" t="inlineStr">
+        <is>
+          <t>Works great!</t>
+        </is>
+      </c>
       <c r="E310" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>Been using this product for about a year and it has worked well for body wash and protection/reducing any athlete's foot/skin itch.</t>
         </is>
       </c>
       <c r="F310" t="b">
         <v>1</v>
       </c>
       <c r="G310" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H310" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I310" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>20</v>
+      <c r="I310" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J310" t="n">
+        <v>0</v>
+      </c>
+      <c r="K310" t="inlineStr"/>
+      <c r="L310" t="inlineStr"/>
+      <c r="M310" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N310" t="inlineStr"/>
+      <c r="O310" t="inlineStr"/>
+      <c r="P310" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q310" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>Sarah Johnson</t>
+          <t>Johnny Opinions</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>2023-02-16</t>
-[...5 lines deleted...]
-      <c r="D311" t="inlineStr"/>
+          <t>Reviewed in the United States on December 30, 2025</t>
+        </is>
+      </c>
+      <c r="C311" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D311" t="inlineStr">
+        <is>
+          <t>Smells great, makes you clean, what more can you ask for</t>
+        </is>
+      </c>
       <c r="E311" t="inlineStr">
         <is>
-          <t>This is the best detergent I have used. It removes all stains and the clothes smell fresh. The packaging is also well-designed.</t>
+          <t>This body wash gel is great! The cinnamon scent is interesting, it's not too sweet or cloying like I was afraid it'd be, it's more...I'm not sure how to describe it. Umami for the nose? Anyway it smells very nice and the scent persists for hours after bathing. The gel is dark red and has grains in it which help exfoliate. The viscosity is about as you'd expect. It's very effective, at cleaning, and it has caused me no irritation at all. I'm not sure what skin protection it's supposed to offer. Of course it's easy to use, you put it on a loofah or just smear it on your body and rinse.</t>
         </is>
       </c>
       <c r="F311" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G311" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H311" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I311" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>19</v>
+      <c r="I311" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J311" t="n">
+        <v>1</v>
+      </c>
+      <c r="K311" t="n">
+        <v>0</v>
+      </c>
+      <c r="L311" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M311" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N311" t="inlineStr"/>
+      <c r="O311" t="inlineStr"/>
+      <c r="P311" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q311" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>Michael Rodriguez</t>
+          <t>Lauren Malzahn</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>2024-08-07</t>
-[...5 lines deleted...]
-      <c r="D312" t="inlineStr"/>
+          <t>Reviewed in the United States on October 9, 2020</t>
+        </is>
+      </c>
+      <c r="C312" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D312" t="inlineStr">
+        <is>
+          <t>Would buy again</t>
+        </is>
+      </c>
       <c r="E312" t="inlineStr">
         <is>
-          <t>The detergent works well but the box arrived damaged and the tape was loose. The product inside was fine though.</t>
+          <t>Was good but was not protected very well during shipping ! Leaked everywhere</t>
         </is>
       </c>
       <c r="F312" t="b">
         <v>1</v>
       </c>
       <c r="G312" t="b">
         <v>1</v>
       </c>
       <c r="H312" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>14</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I312" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J312" t="n">
+        <v>-0.7822</v>
+      </c>
+      <c r="K312" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L312" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M312" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N312" t="inlineStr"/>
+      <c r="O312" t="inlineStr"/>
+      <c r="P312" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q312" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>Sarah Williams</t>
+          <t>Jon</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>2024-12-06</t>
-[...5 lines deleted...]
-      <c r="D313" t="inlineStr"/>
+          <t>Reviewed in the United States on December 17, 2022</t>
+        </is>
+      </c>
+      <c r="C313" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D313" t="inlineStr">
+        <is>
+          <t>Not what is delivered</t>
+        </is>
+      </c>
       <c r="E313" t="inlineStr">
         <is>
-          <t>This detergent cleans clothes perfectly, but the container leaks and the design is not user-friendly. The bottle is too slippery when wet.</t>
+          <t>The product came in a smaller bottle. The protective seal on the top was punctured and there was a pink liquid in the top but all the product is clear. So I want my money back</t>
         </is>
       </c>
       <c r="F313" t="b">
         <v>1</v>
       </c>
       <c r="G313" t="b">
         <v>1</v>
       </c>
       <c r="H313" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...16 lines deleted...]
-      <c r="M313" t="n">
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I313" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J313" t="n">
+        <v>-0.5393</v>
+      </c>
+      <c r="K313" t="n">
+        <v>-0.2696</v>
+      </c>
+      <c r="L313" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M313" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N313" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Jon_review1_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O313" t="inlineStr"/>
+      <c r="P313" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q313" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>Sarah Williams</t>
+          <t>Dorothy A. Miller</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>2024-06-26</t>
-[...5 lines deleted...]
-      <c r="D314" t="inlineStr"/>
+          <t>Reviewed in the United States on July 12, 2019</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D314" t="inlineStr">
+        <is>
+          <t>Love this product.</t>
+        </is>
+      </c>
       <c r="E314" t="inlineStr">
         <is>
-          <t>Horrible packaging! The container is cracked, the seal is broken, and the bottle is damaged. Very disappointed.</t>
+          <t>Love this product. Clean and leaves no residue. Makes my skin feel soft yet protected.</t>
         </is>
       </c>
       <c r="F314" t="b">
         <v>1</v>
       </c>
       <c r="G314" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H314" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>27</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I314" t="inlineStr">
+        <is>
+          <t>joy</t>
+        </is>
+      </c>
+      <c r="J314" t="n">
+        <v>1</v>
+      </c>
+      <c r="K314" t="n">
+        <v>0</v>
+      </c>
+      <c r="L314" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M314" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N314" t="inlineStr"/>
+      <c r="O314" t="inlineStr"/>
+      <c r="P314" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q314" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>Michael Garcia</t>
+          <t>Z</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>2023-01-18</t>
-[...5 lines deleted...]
-      <c r="D315" t="inlineStr"/>
+          <t>Reviewed in the United States on November 11, 2025</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D315" t="inlineStr">
+        <is>
+          <t>Soothing and refreshing scent</t>
+        </is>
+      </c>
       <c r="E315" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>I’m quite pleased with the overall quality of this body wash. It has a great jasmine scent, which is quite noticeable but not overpowering. The consistency is just right, and works well on a loofah. It feels very refreshing to use.
+The bottle says that it is a product of India. I appreciate that the bottle came with the pump part separated out, so that the contents are well-protected and arrive safely. Overall, I have no complaints with this product and would recommend this if it is what you’re looking for.</t>
         </is>
       </c>
       <c r="F315" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G315" t="b">
         <v>1</v>
       </c>
       <c r="H315" t="inlineStr">
         <is>
-          <t>negative</t>
-[...17 lines deleted...]
-        <v>6</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I315" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J315" t="n">
+        <v>-0.4532</v>
+      </c>
+      <c r="K315" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="L315" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M315" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N315" t="inlineStr"/>
+      <c r="O315" t="inlineStr"/>
+      <c r="P315" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q315" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>James Rodriguez</t>
+          <t>Justin Reed</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>2024-03-20</t>
-[...5 lines deleted...]
-      <c r="D316" t="inlineStr"/>
+          <t>Reviewed in the United States on November 24, 2021</t>
+        </is>
+      </c>
+      <c r="C316" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D316" t="inlineStr">
+        <is>
+          <t>Buyer beware The seal was broken and protective aluminum piece was stuffed into the cap</t>
+        </is>
+      </c>
       <c r="E316" t="inlineStr">
         <is>
-          <t>The bottle leaks from the spout area. The design looks good but the seal is not secure enough.</t>
+          <t>I'd head of these types of "open products" on amazon and will not be buying again.
+Buyer beware: The seal was broken and protective aluminum piece was stuffed into the cap</t>
         </is>
       </c>
       <c r="F316" t="b">
         <v>1</v>
       </c>
       <c r="G316" t="b">
         <v>1</v>
       </c>
       <c r="H316" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I316" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>8</v>
+      <c r="I316" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J316" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K316" t="n">
+        <v>-0.767</v>
+      </c>
+      <c r="L316" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M316" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N316" t="inlineStr"/>
+      <c r="O316" t="inlineStr"/>
+      <c r="P316" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q316" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>John Rodriguez</t>
+          <t>Strwbrrymilk</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>2024-07-07</t>
-[...5 lines deleted...]
-      <c r="D317" t="inlineStr"/>
+          <t>Reviewed in the United States on January 22, 2021</t>
+        </is>
+      </c>
+      <c r="C317" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D317" t="inlineStr">
+        <is>
+          <t>Pass</t>
+        </is>
+      </c>
       <c r="E317" t="inlineStr">
         <is>
-          <t>This detergent removes tough stains effectively. The packaging is sturdy and the bottle design is practical. Highly recommend!</t>
+          <t>Wish I read the reviews it looks tainted with like all opened and spilled and no protective seal. And based on other reviews it’s no good I’m not sure if I want to try it</t>
         </is>
       </c>
       <c r="F317" t="b">
         <v>1</v>
       </c>
       <c r="G317" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H317" t="inlineStr">
         <is>
-          <t>positive</t>
-[...17 lines deleted...]
-        <v>8</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I317" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J317" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K317" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L317" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M317" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N317" t="inlineStr"/>
+      <c r="O317" t="inlineStr"/>
+      <c r="P317" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q317" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>Patricia Davis</t>
+          <t>Tracey N.</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>2023-01-21</t>
-[...5 lines deleted...]
-      <c r="D318" t="inlineStr"/>
+          <t>Reviewed in the United States on March 27, 2021</t>
+        </is>
+      </c>
+      <c r="C318" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D318" t="inlineStr">
+        <is>
+          <t>Opened bottle</t>
+        </is>
+      </c>
       <c r="E318" t="inlineStr">
         <is>
-          <t>The detergent works fine and the packaging is acceptable. Nothing special but gets the job done.</t>
+          <t>I am so bummed! I was excited. It came leaking, and since other products were in the package, that was also slimy. There was no protective cap. Should I try to return it or what?</t>
         </is>
       </c>
       <c r="F318" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G318" t="b">
         <v>1</v>
       </c>
       <c r="H318" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>30</v>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I318" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J318" t="n">
+        <v>0.0476</v>
+      </c>
+      <c r="K318" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L318" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M318" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N318" t="inlineStr"/>
+      <c r="O318" t="inlineStr"/>
+      <c r="P318" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q318" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>Lisa Rodriguez</t>
+          <t>Jane L.</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>2024-10-24</t>
-[...5 lines deleted...]
-      <c r="D319" t="inlineStr"/>
+          <t>Reviewed in the United States on June 2, 2022</t>
+        </is>
+      </c>
+      <c r="C319" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D319" t="inlineStr">
+        <is>
+          <t>Foot &amp; skin feel great right after use!</t>
+        </is>
+      </c>
       <c r="E319" t="inlineStr">
         <is>
-          <t>The package was taped securely and arrived in perfect condition. Good packaging design.</t>
+          <t>Bought the product for summer skin protection. Toenail, foot and body skin all get improved, nice and smooth already after only 2 nights use. It smells good so refreshing and with rose scent for a while after use. The tea tree oil in it is pure, so it works. Will have no worries going out in public, a pool or beach shower.</t>
         </is>
       </c>
       <c r="F319" t="b">
         <v>1</v>
       </c>
       <c r="G319" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H319" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I319" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>26</v>
+      <c r="I319" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J319" t="n">
+        <v>1</v>
+      </c>
+      <c r="K319" t="inlineStr"/>
+      <c r="L319" t="inlineStr"/>
+      <c r="M319" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N319" t="inlineStr"/>
+      <c r="O319" t="inlineStr"/>
+      <c r="P319" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q319" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>Jennifer Jones</t>
+          <t>Barbara Scott</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>2023-07-08</t>
-[...5 lines deleted...]
-      <c r="D320" t="inlineStr"/>
+          <t>Reviewed in the United States on September 3, 2021</t>
+        </is>
+      </c>
+      <c r="C320" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D320" t="inlineStr">
+        <is>
+          <t>Stinks</t>
+        </is>
+      </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>The seal was broken and there was damage to the box. The bottle itself was fine but the packaging needs improvement.</t>
+          <t>I bought this for features of stopping itchy skin, protects and preventing vaginitis…
+It is not as good as another expensive product I usually order(Max Beauty’s Eves Garden body wash).
+This stuff smells like gas. People be lying in the reviews or they are getting something different from what I got! Smh!!</t>
         </is>
       </c>
       <c r="F320" t="b">
         <v>1</v>
       </c>
       <c r="G320" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H320" t="inlineStr">
         <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I320" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>5</v>
+      <c r="I320" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J320" t="n">
+        <v>0</v>
+      </c>
+      <c r="K320" t="inlineStr"/>
+      <c r="L320" t="inlineStr"/>
+      <c r="M320" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N320" t="inlineStr"/>
+      <c r="O320" t="inlineStr"/>
+      <c r="P320" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q320" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>Sarah Davis</t>
+          <t>Nina Leigh</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>2023-01-28</t>
-[...5 lines deleted...]
-      <c r="D321" t="inlineStr"/>
+          <t>Reviewed in the United States on April 9, 2020</t>
+        </is>
+      </c>
+      <c r="C321" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D321" t="inlineStr">
+        <is>
+          <t>Perfect for nurses who want to protect their families.</t>
+        </is>
+      </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>The packaging is decent. The bottle works okay and the cap is functional. Not great but not terrible either.</t>
+          <t>Feels good, smells great, leaves my hair clean, I am a nurse and I want to do all I can to protect my family during these COVID days. I am sure I will continue to use this shampoo.</t>
         </is>
       </c>
       <c r="F321" t="b">
         <v>1</v>
       </c>
       <c r="G321" t="b">
         <v>1</v>
       </c>
       <c r="H321" t="inlineStr">
         <is>
-          <t>neutral</t>
-[...17 lines deleted...]
-        <v>18</v>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I321" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J321" t="n">
+        <v>1</v>
+      </c>
+      <c r="K321" t="n">
+        <v>0</v>
+      </c>
+      <c r="L321" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M321" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N321" t="inlineStr"/>
+      <c r="O321" t="inlineStr"/>
+      <c r="P321" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q321" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>Michael Rodriguez</t>
+          <t>Andrea</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>2024-08-03</t>
-[...5 lines deleted...]
-      <c r="D322" t="inlineStr"/>
+          <t>Reviewed in the United Kingdom on September 22, 2025</t>
+        </is>
+      </c>
+      <c r="C322" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D322" t="inlineStr">
+        <is>
+          <t>Enhanced protection with a great scent</t>
+        </is>
+      </c>
       <c r="E322" t="inlineStr">
         <is>
-          <t>This detergent is amazing! The packaging is top-notch with a secure seal and protective design. Highly recommend!</t>
+          <t>Smells well and hopefully will help keeping gym and mats bug off my skin.
+I am already at the 2nd bottle and it seems to do the job.</t>
         </is>
       </c>
       <c r="F322" t="b">
         <v>1</v>
       </c>
       <c r="G322" t="b">
         <v>1</v>
       </c>
       <c r="H322" t="inlineStr">
         <is>
           <t>positive</t>
         </is>
       </c>
-      <c r="I322" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>13</v>
+      <c r="I322" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J322" t="n">
+        <v>0</v>
+      </c>
+      <c r="K322" t="n">
+        <v>0</v>
+      </c>
+      <c r="L322" t="inlineStr"/>
+      <c r="M322" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N322" t="inlineStr"/>
+      <c r="O322" t="inlineStr"/>
+      <c r="P322" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q322" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>John Smith</t>
+          <t>Debjeet Ghosh</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>2024-09-12</t>
-[...5 lines deleted...]
-      <c r="D323" t="inlineStr"/>
+          <t>Reviewed in Germany on June 29, 2025</t>
+        </is>
+      </c>
+      <c r="C323" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D323" t="inlineStr">
+        <is>
+          <t>Good to use to protect from some skin infection like mites and other fungal infections</t>
+        </is>
+      </c>
       <c r="E323" t="inlineStr">
         <is>
-          <t>The cap was loose when it arrived, causing some spillage. The bottle design is otherwise good.</t>
+          <t>Good</t>
         </is>
       </c>
       <c r="F323" t="b">
         <v>1</v>
       </c>
       <c r="G323" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H323" t="inlineStr">
         <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I323" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J323" t="n">
+        <v>1</v>
+      </c>
+      <c r="K323" t="inlineStr"/>
+      <c r="L323" t="inlineStr"/>
+      <c r="M323" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N323" t="inlineStr"/>
+      <c r="O323" t="inlineStr"/>
+      <c r="P323" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q323" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="inlineStr">
+        <is>
+          <t>Canman</t>
+        </is>
+      </c>
+      <c r="B324" t="inlineStr">
+        <is>
+          <t>Reviewed in Canada on November 3, 2024</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D324" t="inlineStr">
+        <is>
+          <t>Body lotion with missing pump, no seal and very small bottle.</t>
+        </is>
+      </c>
+      <c r="E324" t="inlineStr">
+        <is>
+          <t>First issue I have with this Botanic Heart British rose &amp; almond body wash is the format.
+Shown in several product pictures is a pump dispenser but no pump was included, there's only a screw on cap. So you are left to pour out the body wash through the large opening which is awkward and difficult to dispense a proper amount without either using too much or making a mess. Second issue is one of sanitation, product came as is, no sealed boxes no plastic film and there was no protection seal on the opening of the bottle.
+The colour of the body wash doesn't look like what's pictured.
+The body wash smell is okay and it lathers up nicely, I didn't like much the rough texture of the pink dots.
+No irritation or other issues while using the product.
+Very small bottle for 19.99$
+Overall, okay product but inaccurate product pictures and poor value compared to other options available on Amazon.</t>
+        </is>
+      </c>
+      <c r="F324" t="b">
+        <v>0</v>
+      </c>
+      <c r="G324" t="b">
+        <v>1</v>
+      </c>
+      <c r="H324" t="inlineStr">
+        <is>
           <t>negative</t>
         </is>
       </c>
-      <c r="I323" t="inlineStr"/>
-[...14 lines deleted...]
-        <v>25</v>
+      <c r="I324" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J324" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K324" t="n">
+        <v>-0.75</v>
+      </c>
+      <c r="L324" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M324" t="inlineStr">
+        <is>
+          <t>protective</t>
+        </is>
+      </c>
+      <c r="N324" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Canman_review3_img1.jpg%2C%20Canman_review3_img2.jpg</t>
+        </is>
+      </c>
+      <c r="O324" t="inlineStr"/>
+      <c r="P324" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q324" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="inlineStr">
+        <is>
+          <t>Crystal J.</t>
+        </is>
+      </c>
+      <c r="B325" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on January 14, 2021</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr">
+        <is>
+          <t>Pump was broken. Made a big mess.</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>Pump was broken on bottle. It was a mess when I opened the bag. It’s very unfortunate for that to be broken and it sucks that I lost some of the product.</t>
+        </is>
+      </c>
+      <c r="F325" t="b">
+        <v>1</v>
+      </c>
+      <c r="G325" t="b">
+        <v>1</v>
+      </c>
+      <c r="H325" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I325" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J325" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K325" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L325" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M325" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N325" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Crystal_J_review1_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O325" t="inlineStr"/>
+      <c r="P325" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q325" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>Sergio Valentin</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on February 24, 2021</t>
+        </is>
+      </c>
+      <c r="C326" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D326" t="inlineStr">
+        <is>
+          <t>Good product but bad packaging</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>Just arrived, the scent is awesome.. but sadly almost half the bottle was spilled on the delivery so when I got it out of the package it was a mess.</t>
+        </is>
+      </c>
+      <c r="F326" t="b">
+        <v>1</v>
+      </c>
+      <c r="G326" t="b">
+        <v>1</v>
+      </c>
+      <c r="H326" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I326" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J326" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K326" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L326" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M326" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N326" t="inlineStr"/>
+      <c r="O326" t="inlineStr"/>
+      <c r="P326" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q326" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="inlineStr">
+        <is>
+          <t>Talcum X</t>
+        </is>
+      </c>
+      <c r="B327" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on March 10, 2024</t>
+        </is>
+      </c>
+      <c r="C327" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D327" t="inlineStr">
+        <is>
+          <t>Bait and Switch!</t>
+        </is>
+      </c>
+      <c r="E327" t="inlineStr">
+        <is>
+          <t>I buy this because it's high quality and made in the USA. The last order of it came in a TOTALLY different bottle, with a MESSED UP pump, and TOTALLY different ingredients, made in India no less! Instead of smelling pleasantly minty with a hint of tea tree like it used to, now it REEKS heavily of very CHEMICAL-smelling tea tree oil. It dried my skin out bad, too.
+Unbelievable.</t>
+        </is>
+      </c>
+      <c r="F327" t="b">
+        <v>1</v>
+      </c>
+      <c r="G327" t="b">
+        <v>1</v>
+      </c>
+      <c r="H327" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I327" t="inlineStr">
+        <is>
+          <t>appreciation</t>
+        </is>
+      </c>
+      <c r="J327" t="n">
+        <v>1</v>
+      </c>
+      <c r="K327" t="n">
+        <v>0</v>
+      </c>
+      <c r="L327" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M327" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N327" t="inlineStr"/>
+      <c r="O327" t="inlineStr"/>
+      <c r="P327" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q327" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="inlineStr">
+        <is>
+          <t>dhruv</t>
+        </is>
+      </c>
+      <c r="B328" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on June 10, 2019</t>
+        </is>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D328" t="inlineStr">
+        <is>
+          <t>Hot environment can cause the plastic on the lid to move resulting in product loss and mess.</t>
+        </is>
+      </c>
+      <c r="E328" t="inlineStr">
+        <is>
+          <t>Came in the mail with about 10% of a leak.</t>
+        </is>
+      </c>
+      <c r="F328" t="b">
+        <v>1</v>
+      </c>
+      <c r="G328" t="b">
+        <v>1</v>
+      </c>
+      <c r="H328" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I328" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J328" t="n">
+        <v>0</v>
+      </c>
+      <c r="K328" t="n">
+        <v>0</v>
+      </c>
+      <c r="L328" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M328" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N328" t="inlineStr"/>
+      <c r="O328" t="inlineStr"/>
+      <c r="P328" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q328" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="inlineStr">
+        <is>
+          <t>FluffyEskimo</t>
+        </is>
+      </c>
+      <c r="B329" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on May 11, 2020</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D329" t="inlineStr">
+        <is>
+          <t>Smells like chemicals and butt</t>
+        </is>
+      </c>
+      <c r="E329" t="inlineStr">
+        <is>
+          <t>This is the worst smelling stuff ever. The first shipment smelled so bad, like the scent had been left out and perhaps had ammonia in it? But my friends grossed out even, so it wasn't just me. I figured it was a factory mistake and had another one sent out to me. It smelled like the scent was added and when I went to use it, the patchouli had a really chemically smell and I gave up. I'm not sure how you can mess up mint....but ya did.</t>
+        </is>
+      </c>
+      <c r="F329" t="b">
+        <v>1</v>
+      </c>
+      <c r="G329" t="b">
+        <v>1</v>
+      </c>
+      <c r="H329" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I329" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J329" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K329" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L329" t="inlineStr"/>
+      <c r="M329" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N329" t="inlineStr"/>
+      <c r="O329" t="inlineStr"/>
+      <c r="P329" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q329" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="inlineStr">
+        <is>
+          <t>Kelsie</t>
+        </is>
+      </c>
+      <c r="B330" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on April 5, 2021</t>
+        </is>
+      </c>
+      <c r="C330" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D330" t="inlineStr">
+        <is>
+          <t>It was a mess when I got it</t>
+        </is>
+      </c>
+      <c r="E330" t="inlineStr">
+        <is>
+          <t>It was leaking when I got it</t>
+        </is>
+      </c>
+      <c r="F330" t="b">
+        <v>1</v>
+      </c>
+      <c r="G330" t="b">
+        <v>1</v>
+      </c>
+      <c r="H330" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I330" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J330" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K330" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L330" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M330" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N330" t="inlineStr"/>
+      <c r="O330" t="inlineStr"/>
+      <c r="P330" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q330" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="inlineStr">
+        <is>
+          <t>destiny herron</t>
+        </is>
+      </c>
+      <c r="B331" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on January 24, 2020</t>
+        </is>
+      </c>
+      <c r="C331" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D331" t="inlineStr">
+        <is>
+          <t>BROKEN IN PACKAGE</t>
+        </is>
+      </c>
+      <c r="E331" t="inlineStr">
+        <is>
+          <t>Recieved today broken in the package with body wash everywhere... Have not tried the product but not extremely happy to clean up the mess I did upon arrival</t>
+        </is>
+      </c>
+      <c r="F331" t="b">
+        <v>1</v>
+      </c>
+      <c r="G331" t="b">
+        <v>1</v>
+      </c>
+      <c r="H331" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I331" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J331" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K331" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L331" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M331" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N331" t="inlineStr"/>
+      <c r="O331" t="inlineStr"/>
+      <c r="P331" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q331" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="inlineStr">
+        <is>
+          <t>Annemarie</t>
+        </is>
+      </c>
+      <c r="B332" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on June 27, 2020</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D332" t="inlineStr">
+        <is>
+          <t>Leaked. A mess</t>
+        </is>
+      </c>
+      <c r="E332" t="inlineStr">
+        <is>
+          <t>Leaked out. Will not be buying this again.</t>
+        </is>
+      </c>
+      <c r="F332" t="b">
+        <v>1</v>
+      </c>
+      <c r="G332" t="b">
+        <v>1</v>
+      </c>
+      <c r="H332" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I332" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J332" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K332" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L332" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M332" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N332" t="inlineStr"/>
+      <c r="O332" t="inlineStr"/>
+      <c r="P332" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q332" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="inlineStr">
+        <is>
+          <t>Ganeshbabu</t>
+        </is>
+      </c>
+      <c r="B333" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on March 16, 2020</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr">
+        <is>
+          <t>Seal inside bottle half opened. Leaked product.</t>
+        </is>
+      </c>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>Just like other reviewers mentioned, seal inside bottle cap is half opened. Due to this, content spilled all over in the package. Messed up and doesn't seem legit.</t>
+        </is>
+      </c>
+      <c r="F333" t="b">
+        <v>1</v>
+      </c>
+      <c r="G333" t="b">
+        <v>1</v>
+      </c>
+      <c r="H333" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I333" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J333" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K333" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L333" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M333" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N333" t="inlineStr"/>
+      <c r="O333" t="inlineStr"/>
+      <c r="P333" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q333" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>Evelyndlt8</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on September 16, 2021</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D334" t="inlineStr">
+        <is>
+          <t>Damaged</t>
+        </is>
+      </c>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>Top was cracked.. it was a mess</t>
+        </is>
+      </c>
+      <c r="F334" t="b">
+        <v>1</v>
+      </c>
+      <c r="G334" t="b">
+        <v>1</v>
+      </c>
+      <c r="H334" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I334" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J334" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K334" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L334" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M334" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N334" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Evelyndlt8_review0_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O334" t="inlineStr"/>
+      <c r="P334" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q334" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="inlineStr">
+        <is>
+          <t>JLES</t>
+        </is>
+      </c>
+      <c r="B335" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on February 2, 2020</t>
+        </is>
+      </c>
+      <c r="C335" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D335" t="inlineStr">
+        <is>
+          <t>The spouse gives it a five because it's refreshing and I'm at a three as it's overly medicinal.</t>
+        </is>
+      </c>
+      <c r="E335" t="inlineStr">
+        <is>
+          <t>Usually I am a huge tea tree lover and then put tea tree and mint together and I'm sold. For this we have mixed reviews in my home. My spouse absolutely loves this and thinks it's the most refreshing body wash we've ever had. I feel like it's a little too harsh and medicinal, yes I know tea tree is medicinal. It has almost an underlying different smell I cannot put my finger on. When I get out of the shower my kids are excited and say it smells like mints in here but it's just a little mess for me. My spouse gives it five stars without a doubt. It is refreshing and I didn't experience any sort of tingling or issue and it definitely gets you clean. I was squeaky clean and it didn't leave me dry and so that's always a good thing. I don't have necessarily any issues that this wonderful conglomeration of oils need to help but I'm sure it would. Overall, I'm giving it four stars as a mix of what my family likes. The one improvement I would like to see and that goes for both of us is the pump is small. If you're going to have a bottle that big it needs to have a larger pump to squirt a really good squirt instead of having to squirt it ten times to get enough body gel on your favorite scrubber.</t>
+        </is>
+      </c>
+      <c r="F335" t="b">
+        <v>0</v>
+      </c>
+      <c r="G335" t="b">
+        <v>1</v>
+      </c>
+      <c r="H335" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I335" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J335" t="n">
+        <v>-0.585</v>
+      </c>
+      <c r="K335" t="n">
+        <v>0.08790000000000001</v>
+      </c>
+      <c r="L335" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M335" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N335" t="inlineStr"/>
+      <c r="O335" t="inlineStr"/>
+      <c r="P335" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q335" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="inlineStr">
+        <is>
+          <t>Tracey</t>
+        </is>
+      </c>
+      <c r="B336" t="inlineStr">
+        <is>
+          <t>Reviewed in Canada on February 29, 2024</t>
+        </is>
+      </c>
+      <c r="C336" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D336" t="inlineStr">
+        <is>
+          <t>Damaged.</t>
+        </is>
+      </c>
+      <c r="E336" t="inlineStr">
+        <is>
+          <t>Damaged. Top was broken inside plastic seal. Soap was dispersed inside the plastic. Mess :(
+Smelled nice but what a waste of product</t>
+        </is>
+      </c>
+      <c r="F336" t="b">
+        <v>1</v>
+      </c>
+      <c r="G336" t="b">
+        <v>1</v>
+      </c>
+      <c r="H336" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I336" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J336" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K336" t="n">
+        <v>-0.75</v>
+      </c>
+      <c r="L336" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M336" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N336" t="inlineStr"/>
+      <c r="O336" t="inlineStr"/>
+      <c r="P336" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q336" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="inlineStr">
+        <is>
+          <t>Raphael Rostaizer</t>
+        </is>
+      </c>
+      <c r="B337" t="inlineStr">
+        <is>
+          <t>Reviewed in the United Kingdom on January 13, 2025</t>
+        </is>
+      </c>
+      <c r="C337" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D337" t="inlineStr">
+        <is>
+          <t>Calming and Refreshing Body Wash with a Luxurious Scent</t>
+        </is>
+      </c>
+      <c r="E337" t="inlineStr">
+        <is>
+          <t>This product has quickly become a staple in my shower routine. The combination of Bulgarian lavender and ylang-ylang creates a beautifully calming aroma that makes every use feel like a spa experience. The scent is not overpowering but lingers just enough to keep me feeling fresh and relaxed.
+The formula is gentle on the skin, free from sulfates and parabens, which is a big plus for me as someone with sensitive skin. It leaves my skin feeling soft, hydrated, and clean without any residue or dryness. The inclusion of vitamin E and sage leaf extracts is noticeable—my skin feels nourished and rejuvenated after each use.
+The consistency of the body wash is perfect; it lathers well and spreads easily, so a little goes a long way. I also appreciate the sleek packaging and the pump dispenser, which makes it convenient and mess-free to use.
+Overall, this is an excellent body wash that delivers both relaxation and effective cleansing. I highly recommend it to anyone looking to add a touch of luxury to their daily routine!</t>
+        </is>
+      </c>
+      <c r="F337" t="b">
+        <v>0</v>
+      </c>
+      <c r="G337" t="b">
+        <v>1</v>
+      </c>
+      <c r="H337" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I337" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J337" t="n">
+        <v>-0.1934</v>
+      </c>
+      <c r="K337" t="n">
+        <v>-0.037</v>
+      </c>
+      <c r="L337" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M337" t="inlineStr">
+        <is>
+          <t>mess</t>
+        </is>
+      </c>
+      <c r="N337" t="inlineStr"/>
+      <c r="O337" t="inlineStr"/>
+      <c r="P337" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q337" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" t="inlineStr">
+        <is>
+          <t>TerrtZ</t>
+        </is>
+      </c>
+      <c r="B338" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on July 25, 2019</t>
+        </is>
+      </c>
+      <c r="C338" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D338" t="inlineStr">
+        <is>
+          <t>Great product</t>
+        </is>
+      </c>
+      <c r="E338" t="inlineStr">
+        <is>
+          <t>The product quality is great! I did not like the way though how I received it! The top of the bottle was cracked and the soap had leaked all over the inside part of the bag… I had another container that I transferred it over to that is the only reason I kept it… Like I said the product itself was amazing! It was just how I received it which could’ve been due to the mail carrier…</t>
+        </is>
+      </c>
+      <c r="F338" t="b">
+        <v>1</v>
+      </c>
+      <c r="G338" t="b">
+        <v>1</v>
+      </c>
+      <c r="H338" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I338" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J338" t="n">
+        <v>0.0305</v>
+      </c>
+      <c r="K338" t="n">
+        <v>-0.4523</v>
+      </c>
+      <c r="L338" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M338" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N338" t="inlineStr"/>
+      <c r="O338" t="inlineStr"/>
+      <c r="P338" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q338" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" t="inlineStr">
+        <is>
+          <t>Amy</t>
+        </is>
+      </c>
+      <c r="B339" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on February 2, 2020</t>
+        </is>
+      </c>
+      <c r="C339" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D339" t="inlineStr">
+        <is>
+          <t>Great product. Bad shipping !</t>
+        </is>
+      </c>
+      <c r="E339" t="inlineStr">
+        <is>
+          <t>I really love this product. I have very sensitive skin and it works wonders. My one suggestion would be better shipping. My bottle was cracked and half the body wash was in the bag. Not very happy</t>
+        </is>
+      </c>
+      <c r="F339" t="b">
+        <v>1</v>
+      </c>
+      <c r="G339" t="b">
+        <v>1</v>
+      </c>
+      <c r="H339" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I339" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J339" t="n">
+        <v>1</v>
+      </c>
+      <c r="K339" t="n">
+        <v>0</v>
+      </c>
+      <c r="L339" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M339" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N339" t="inlineStr"/>
+      <c r="O339" t="inlineStr"/>
+      <c r="P339" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q339" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="inlineStr">
+        <is>
+          <t>Missy</t>
+        </is>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on May 25, 2021</t>
+        </is>
+      </c>
+      <c r="C340" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D340" t="inlineStr">
+        <is>
+          <t>Healthy natural alternative, to safely clean against harmful germs.</t>
+        </is>
+      </c>
+      <c r="E340" t="inlineStr">
+        <is>
+          <t>Nice option for the gym bag. Good feeling to clean with natural oil’s and ingredients, yet effective against harmful germs.</t>
+        </is>
+      </c>
+      <c r="F340" t="b">
+        <v>1</v>
+      </c>
+      <c r="G340" t="b">
+        <v>1</v>
+      </c>
+      <c r="H340" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I340" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J340" t="n">
+        <v>1</v>
+      </c>
+      <c r="K340" t="n">
+        <v>0</v>
+      </c>
+      <c r="L340" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M340" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N340" t="inlineStr"/>
+      <c r="O340" t="inlineStr"/>
+      <c r="P340" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q340" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="inlineStr">
+        <is>
+          <t>john lane</t>
+        </is>
+      </c>
+      <c r="B341" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on October 21, 2019</t>
+        </is>
+      </c>
+      <c r="C341" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D341" t="inlineStr">
+        <is>
+          <t>great product,loose cap</t>
+        </is>
+      </c>
+      <c r="E341" t="inlineStr">
+        <is>
+          <t>The product is great,but the cap was loose, bottle was half full and the rest was in the bag.</t>
+        </is>
+      </c>
+      <c r="F341" t="b">
+        <v>1</v>
+      </c>
+      <c r="G341" t="b">
+        <v>1</v>
+      </c>
+      <c r="H341" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I341" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J341" t="n">
+        <v>-0.7079</v>
+      </c>
+      <c r="K341" t="n">
+        <v>-0.7079</v>
+      </c>
+      <c r="L341" t="inlineStr"/>
+      <c r="M341" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N341" t="inlineStr"/>
+      <c r="O341" t="inlineStr"/>
+      <c r="P341" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q341" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" t="inlineStr">
+        <is>
+          <t>Amazon Customer</t>
+        </is>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on December 12, 2020</t>
+        </is>
+      </c>
+      <c r="C342" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D342" t="inlineStr">
+        <is>
+          <t>Just a lil upset.....</t>
+        </is>
+      </c>
+      <c r="E342" t="inlineStr">
+        <is>
+          <t>One star rating because I can't use it!! There was a slight leak in the bag that I thought nothing of, but when I went to take a shower, the pump didn't work. So now I can't use it untill I find another bottle to put it in!!! SMH</t>
+        </is>
+      </c>
+      <c r="F342" t="b">
+        <v>1</v>
+      </c>
+      <c r="G342" t="b">
+        <v>1</v>
+      </c>
+      <c r="H342" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I342" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J342" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K342" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L342" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M342" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N342" t="inlineStr"/>
+      <c r="O342" t="inlineStr"/>
+      <c r="P342" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q342" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" t="inlineStr">
+        <is>
+          <t>AEF3</t>
+        </is>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on December 24, 2020</t>
+        </is>
+      </c>
+      <c r="C343" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D343" t="inlineStr">
+        <is>
+          <t>This stinks!</t>
+        </is>
+      </c>
+      <c r="E343" t="inlineStr">
+        <is>
+          <t>No good.. go buy Remedy brand. This was delivered with too busted, most of my soap in the bag. Pump does not work, soap smells horrible and does not lather up well..</t>
+        </is>
+      </c>
+      <c r="F343" t="b">
+        <v>1</v>
+      </c>
+      <c r="G343" t="b">
+        <v>0</v>
+      </c>
+      <c r="H343" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I343" t="inlineStr">
+        <is>
+          <t>anger</t>
+        </is>
+      </c>
+      <c r="J343" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K343" t="inlineStr"/>
+      <c r="L343" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M343" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N343" t="inlineStr"/>
+      <c r="O343" t="inlineStr"/>
+      <c r="P343" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q343" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="inlineStr">
+        <is>
+          <t>Gewargis Nosratsangar</t>
+        </is>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on August 3, 2021</t>
+        </is>
+      </c>
+      <c r="C344" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D344" t="inlineStr">
+        <is>
+          <t>Broken seal. Half of bottle had leaked in bag.</t>
+        </is>
+      </c>
+      <c r="E344" t="inlineStr">
+        <is>
+          <t>Very disappointed. This looked like a returned product. The seal was broken and the top was loose. Half the body had leaked in the bag it was in.</t>
+        </is>
+      </c>
+      <c r="F344" t="b">
+        <v>1</v>
+      </c>
+      <c r="G344" t="b">
+        <v>1</v>
+      </c>
+      <c r="H344" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I344" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J344" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K344" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L344" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M344" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N344" t="inlineStr"/>
+      <c r="O344" t="inlineStr"/>
+      <c r="P344" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q344" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" t="inlineStr">
+        <is>
+          <t>Amazon Customer</t>
+        </is>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on November 4, 2020</t>
+        </is>
+      </c>
+      <c r="C345" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D345" t="inlineStr">
+        <is>
+          <t>Product leaked all over plastic bag it was packed in</t>
+        </is>
+      </c>
+      <c r="E345" t="inlineStr">
+        <is>
+          <t>Fragrance</t>
+        </is>
+      </c>
+      <c r="F345" t="b">
+        <v>1</v>
+      </c>
+      <c r="G345" t="b">
+        <v>1</v>
+      </c>
+      <c r="H345" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="I345" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J345" t="n">
+        <v>0</v>
+      </c>
+      <c r="K345" t="n">
+        <v>0</v>
+      </c>
+      <c r="L345" t="inlineStr"/>
+      <c r="M345" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N345" t="inlineStr"/>
+      <c r="O345" t="inlineStr"/>
+      <c r="P345" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q345" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" t="inlineStr">
+        <is>
+          <t>S.E. Poza</t>
+        </is>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on April 7, 2025</t>
+        </is>
+      </c>
+      <c r="C346" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D346" t="inlineStr">
+        <is>
+          <t>pleasant scents, cleans well without drying</t>
+        </is>
+      </c>
+      <c r="E346" t="inlineStr">
+        <is>
+          <t>My favorite point about this set of body wash was the mix of scents. The combinations of scents rather than having one dominant floral scent stopped these from seeming like "Grandma's" perfume. The almond, ylang, ylang, and neem leaf helped offset the sometimes cloying nature of floral scents alone.
+These were about the consistency that I would expect from body wash and lathered well when used on my body scrubber. I don't find that any soap really lathers well for me unless I use either a soap bag or scrubber so this foamed up as well as other body washes that I have tried. It also left my skin feeling soft and smooth without feeling tight and dry so the moisturizers in the wash seem to be effective. My only quibble with this is about value. It's not a lot of wash for a premium price, but it would be a nice gift set.</t>
+        </is>
+      </c>
+      <c r="F346" t="b">
+        <v>0</v>
+      </c>
+      <c r="G346" t="b">
+        <v>1</v>
+      </c>
+      <c r="H346" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I346" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J346" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K346" t="n">
+        <v>0</v>
+      </c>
+      <c r="L346" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M346" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N346" t="inlineStr"/>
+      <c r="O346" t="inlineStr"/>
+      <c r="P346" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q346" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="inlineStr">
+        <is>
+          <t>Cat, Chris and Family</t>
+        </is>
+      </c>
+      <c r="B347" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on February 3, 2020</t>
+        </is>
+      </c>
+      <c r="C347" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D347" t="inlineStr">
+        <is>
+          <t>Love the Bodywash but Had Issues with Bottle</t>
+        </is>
+      </c>
+      <c r="E347" t="inlineStr">
+        <is>
+          <t>I really struggled to rate this body wash because I've truly love the body wash itself but I had some issues with delivery and the bottle malfunctioning.
+Let's begin with the positives:
+The scent is absolutely amazing. It definitely smells like I pictured it smelling. It is a mix of tea tree oil and mint. I would say it's a perfect melding of the 2 ingredients. The body wash leaves my skin smelling wonderful and feeling smooth. It doesn't dry my skin out at all and my skin actually felt moisturized after using it. It has a good lather and spreads and goes a long way so you only have to use a little each time.
+The issues I had were when I 1st received it the bottle had leaked and spilled all over the place. Thankfully it was in a bag so it didn't leak into the box or on my furniture. All I had to do was rinse it off and it was no biggie. I didn't lose too much of the body wash. The other issue I have is with the pump. It won't twist open like it is supposed to so I have to open the entire bottle and pour it on to my loofah when I want to use it. I was kind of bummed out about that because I was excited about the pump feature, which is very convenient.
+All in all, I was considering giving this only 3 stars at first because of the issues but I really like the product and think it is of great quality so I decided to give it 4 stars since it probably isn't the manufacturer's fault when it comes to the bottle leaking. It's probably due to rough handling during shipping and can't be helped. I do wish the pump worked but still really like this body wash and think it's worth purchasing.</t>
+        </is>
+      </c>
+      <c r="F347" t="b">
+        <v>0</v>
+      </c>
+      <c r="G347" t="b">
+        <v>1</v>
+      </c>
+      <c r="H347" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I347" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J347" t="n">
+        <v>-0.5096000000000001</v>
+      </c>
+      <c r="K347" t="n">
+        <v>-0.6691</v>
+      </c>
+      <c r="L347" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M347" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N347" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Cat_Chris_and_Family_review7_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O347" t="inlineStr"/>
+      <c r="P347" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q347" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" t="inlineStr">
+        <is>
+          <t>tom r</t>
+        </is>
+      </c>
+      <c r="B348" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on March 9, 2021</t>
+        </is>
+      </c>
+      <c r="C348" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D348" t="inlineStr">
+        <is>
+          <t>Great product disappointed in shipping</t>
+        </is>
+      </c>
+      <c r="E348" t="inlineStr">
+        <is>
+          <t>Great product but would have given 5 stars if the bottle didn't come lubricated all on the outside with whats supposed to be in the bottle most likely the top got pressed down a few times during shipping resulting in it spilling into the bag still great product but now I have way less then a full bottle my suggest for the people shipping it maybe some how tape and jam a piece of card board or something to prevent the top from being pressed down and the body wash coming out</t>
+        </is>
+      </c>
+      <c r="F348" t="b">
+        <v>1</v>
+      </c>
+      <c r="G348" t="b">
+        <v>1</v>
+      </c>
+      <c r="H348" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I348" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J348" t="n">
+        <v>-0.6172</v>
+      </c>
+      <c r="K348" t="n">
+        <v>-0.6172</v>
+      </c>
+      <c r="L348" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M348" t="inlineStr">
+        <is>
+          <t>bag</t>
+        </is>
+      </c>
+      <c r="N348" t="inlineStr"/>
+      <c r="O348" t="inlineStr"/>
+      <c r="P348" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q348" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="inlineStr">
+        <is>
+          <t>M. Evans</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on November 27, 2023</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D349" t="inlineStr">
+        <is>
+          <t>Horrible product. Tried 2 different bottles and terrible service.</t>
+        </is>
+      </c>
+      <c r="E349" t="inlineStr">
+        <is>
+          <t>The first bottle I received, I couldn't get bottle opened. It came with just a straw, no pump. I punctured the top and squeezed product out. It wouldn't lather so I thought it must need the pump. I got a replacement from Amazon, and the second bottle didn't come with anything and the top was cracked. But the cracked top didn't matter bc NOTHING is coming out of that cheap bottle. Sending both back. The worst part is I sent seller question asking about it, thinking I have to be missing something bc it couldn't be this hard. They just said it is an Amazon problem. Geez. Zero Stars on all fronts!!!</t>
+        </is>
+      </c>
+      <c r="F349" t="b">
+        <v>1</v>
+      </c>
+      <c r="G349" t="b">
+        <v>1</v>
+      </c>
+      <c r="H349" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I349" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J349" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K349" t="n">
+        <v>-0.25</v>
+      </c>
+      <c r="L349" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M349" t="inlineStr">
+        <is>
+          <t>puncture</t>
+        </is>
+      </c>
+      <c r="N349" t="inlineStr"/>
+      <c r="O349" t="inlineStr"/>
+      <c r="P349" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q349" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="inlineStr">
+        <is>
+          <t>Anthony Redd</t>
+        </is>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on February 26, 2024</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D350" t="inlineStr">
+        <is>
+          <t>Make sure you puncture the safety cap BEFORE you get in the shower.</t>
+        </is>
+      </c>
+      <c r="E350" t="inlineStr">
+        <is>
+          <t>The safety cap on this product is absurd. The past bottle I purchased had a peel off safety seal that did the job just fine but the manufacturer felt the need to put a safety cap on that requires you to puncture it with a sharp object. Would’ve been nice to know before I jumped in the shower!</t>
+        </is>
+      </c>
+      <c r="F350" t="b">
+        <v>1</v>
+      </c>
+      <c r="G350" t="b">
+        <v>1</v>
+      </c>
+      <c r="H350" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I350" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J350" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K350" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L350" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M350" t="inlineStr">
+        <is>
+          <t>puncture</t>
+        </is>
+      </c>
+      <c r="N350" t="inlineStr"/>
+      <c r="O350" t="inlineStr"/>
+      <c r="P350" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q350" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="inlineStr">
+        <is>
+          <t>Bob</t>
+        </is>
+      </c>
+      <c r="B351" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on June 2, 2025</t>
+        </is>
+      </c>
+      <c r="C351" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D351" t="inlineStr">
+        <is>
+          <t>Came missing pump, otherwise good</t>
+        </is>
+      </c>
+      <c r="E351" t="inlineStr">
+        <is>
+          <t>The outside packaging was broken and seemed to cause the pump to be missing. The straw was still included but useless with out the pump top. I ended up just puncturing the top (which I think you normally remove) and then just turn it upside down and squeeze which allows a narrow stream of gel to come out. The pump would have been easier to use.
+The bottle was different than the one pictured in the description. However it was the same size.
+the black print on the label is hard (for me with my worsening sight) to read with the dark color of the gel. It would be good to have a white background on the label to enhance readability.
+The gel lathered up nice and had a good aroma without it being overall powerful.</t>
+        </is>
+      </c>
+      <c r="F351" t="b">
+        <v>0</v>
+      </c>
+      <c r="G351" t="b">
+        <v>1</v>
+      </c>
+      <c r="H351" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I351" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J351" t="n">
+        <v>-0.6627</v>
+      </c>
+      <c r="K351" t="n">
+        <v>0</v>
+      </c>
+      <c r="L351" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M351" t="inlineStr">
+        <is>
+          <t>puncture</t>
+        </is>
+      </c>
+      <c r="N351" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Bob_review4_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O351" t="inlineStr"/>
+      <c r="P351" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q351" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="inlineStr">
+        <is>
+          <t>Taryn</t>
+        </is>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>Reviewed in Canada on February 2, 2024</t>
+        </is>
+      </c>
+      <c r="C352" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D352" t="inlineStr">
+        <is>
+          <t>Came open</t>
+        </is>
+      </c>
+      <c r="E352" t="inlineStr">
+        <is>
+          <t>As soon as I unscrewed the top, the seal had already been punctured. Couldn’t use it.</t>
+        </is>
+      </c>
+      <c r="F352" t="b">
+        <v>1</v>
+      </c>
+      <c r="G352" t="b">
+        <v>1</v>
+      </c>
+      <c r="H352" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I352" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J352" t="n">
+        <v>0</v>
+      </c>
+      <c r="K352" t="n">
+        <v>0</v>
+      </c>
+      <c r="L352" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M352" t="inlineStr">
+        <is>
+          <t>puncture</t>
+        </is>
+      </c>
+      <c r="N352" t="inlineStr"/>
+      <c r="O352" t="inlineStr"/>
+      <c r="P352" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q352" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="inlineStr">
+        <is>
+          <t>Lola Tarver</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on February 10, 2022</t>
+        </is>
+      </c>
+      <c r="C353" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D353" t="inlineStr">
+        <is>
+          <t>Please make a bigger size or a multi pack!</t>
+        </is>
+      </c>
+      <c r="E353" t="inlineStr">
+        <is>
+          <t>This stuff is great! even if you have sensitive skin, this will help soothe and smooth it. my skin had had fewer breakouts and I have even seen a reduction in my KP on the back of my thighs, and the sent is quite nice. my only hang-up is the bottle is so small that you run through it quickly. please make a bigger size!</t>
+        </is>
+      </c>
+      <c r="F353" t="b">
+        <v>1</v>
+      </c>
+      <c r="G353" t="b">
+        <v>1</v>
+      </c>
+      <c r="H353" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I353" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J353" t="n">
+        <v>-0.7079</v>
+      </c>
+      <c r="K353" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L353" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M353" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N353" t="inlineStr"/>
+      <c r="O353" t="inlineStr"/>
+      <c r="P353" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q353" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="inlineStr">
+        <is>
+          <t>Classic Actress</t>
+        </is>
+      </c>
+      <c r="B354" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on October 12, 2020</t>
+        </is>
+      </c>
+      <c r="C354" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D354" t="inlineStr">
+        <is>
+          <t>The Worst Tea Tree Soap I've Tried</t>
+        </is>
+      </c>
+      <c r="E354" t="inlineStr">
+        <is>
+          <t>I was so disappointed with this soap. I have very sensitive skin and have been trying a lot of different tea tree oil products but this one was the worst! First of all it has a thick, mucus like consistency. I couldn't even get it out of the pump - I had to open the bottle manually. There was very little scent so I wonder how much tea tree and peppermint oil was actually in there. Unfortunately I bought this soap in a 2 pack and I ended up never using the the second bottle. Avoid this soap!</t>
+        </is>
+      </c>
+      <c r="F354" t="b">
+        <v>1</v>
+      </c>
+      <c r="G354" t="b">
+        <v>1</v>
+      </c>
+      <c r="H354" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I354" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J354" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K354" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L354" t="inlineStr"/>
+      <c r="M354" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N354" t="inlineStr"/>
+      <c r="O354" t="inlineStr"/>
+      <c r="P354" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q354" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="inlineStr">
+        <is>
+          <t>Sam</t>
+        </is>
+      </c>
+      <c r="B355" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on May 14, 2023</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D355" t="inlineStr">
+        <is>
+          <t>WOW, works great for heat rash!</t>
+        </is>
+      </c>
+      <c r="E355" t="inlineStr">
+        <is>
+          <t>Should of went with the two pack, its a better deal!</t>
+        </is>
+      </c>
+      <c r="F355" t="b">
+        <v>1</v>
+      </c>
+      <c r="G355" t="b">
+        <v>0</v>
+      </c>
+      <c r="H355" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I355" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J355" t="n">
+        <v>0</v>
+      </c>
+      <c r="K355" t="inlineStr"/>
+      <c r="L355" t="inlineStr"/>
+      <c r="M355" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N355" t="inlineStr"/>
+      <c r="O355" t="inlineStr"/>
+      <c r="P355" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q355" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="inlineStr">
+        <is>
+          <t>Ashley</t>
+        </is>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on November 21, 2025</t>
+        </is>
+      </c>
+      <c r="C356" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D356" t="inlineStr">
+        <is>
+          <t>Has a nice scent that lingers after using it</t>
+        </is>
+      </c>
+      <c r="E356" t="inlineStr">
+        <is>
+          <t>This soap smells really good, lathers well, and leaves your skin smelling great! The things I didn't like as well, I wish this had a pump top. It's pictured but didn't come with one and the black lid was broken upon arrival. It's hard to not accidentally get to much without it. I appreciate that it has the stopper so it wasn't all over the packing. I think overall the quality and scent strength is good but for $14.95 at the time of review it's a bit more than I would spend on it.
+I will update if my opinion changes</t>
+        </is>
+      </c>
+      <c r="F356" t="b">
+        <v>0</v>
+      </c>
+      <c r="G356" t="b">
+        <v>1</v>
+      </c>
+      <c r="H356" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I356" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J356" t="n">
+        <v>-0.6432</v>
+      </c>
+      <c r="K356" t="n">
+        <v>-0.3333</v>
+      </c>
+      <c r="L356" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M356" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N356" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Ashley_review5_img1.jpg%2C%20Ashley_review5_img2.jpg%2C%20Ashley_review5_img3.jpg</t>
+        </is>
+      </c>
+      <c r="O356" t="inlineStr"/>
+      <c r="P356" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q356" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>Justice Collins</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on May 6, 2020</t>
+        </is>
+      </c>
+      <c r="C357" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D357" t="inlineStr">
+        <is>
+          <t>Work on packing</t>
+        </is>
+      </c>
+      <c r="E357" t="inlineStr">
+        <is>
+          <t>I have yet to try the product, but the soap was leaking out when I got it.</t>
+        </is>
+      </c>
+      <c r="F357" t="b">
+        <v>1</v>
+      </c>
+      <c r="G357" t="b">
+        <v>1</v>
+      </c>
+      <c r="H357" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I357" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J357" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K357" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L357" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M357" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N357" t="inlineStr"/>
+      <c r="O357" t="inlineStr"/>
+      <c r="P357" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q357" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="inlineStr">
+        <is>
+          <t>Aaron Anderson</t>
+        </is>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on September 16, 2025</t>
+        </is>
+      </c>
+      <c r="C358" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>Works great with a loofah!</t>
+        </is>
+      </c>
+      <c r="E358" t="inlineStr">
+        <is>
+          <t>These are cute little bottles of body wash. Although the smell on these were rather feminine, the smell didn't actually last all that long. This lathers on nice and comes off just as easy as other body washes. This seems to work better in a loofah where it gets extra foamy.
+As someone with mildly sensitive skin, I didn't have any issues with any of the 3 bottles I was scent. I just don't know if I'd get a pack like this again rather than a single bigger bottle of something. 3 bottles does take up a bit of space in the shower. Worked well though, no regrets.</t>
+        </is>
+      </c>
+      <c r="F358" t="b">
+        <v>0</v>
+      </c>
+      <c r="G358" t="b">
+        <v>1</v>
+      </c>
+      <c r="H358" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I358" t="inlineStr">
+        <is>
+          <t>neutral</t>
+        </is>
+      </c>
+      <c r="J358" t="n">
+        <v>0</v>
+      </c>
+      <c r="K358" t="n">
+        <v>0</v>
+      </c>
+      <c r="L358" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M358" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N358" t="inlineStr"/>
+      <c r="O358" t="inlineStr"/>
+      <c r="P358" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q358" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="inlineStr">
+        <is>
+          <t>ICUPW</t>
+        </is>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on October 26, 2022</t>
+        </is>
+      </c>
+      <c r="C359" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>Good stuff</t>
+        </is>
+      </c>
+      <c r="E359" t="inlineStr">
+        <is>
+          <t>Only used once as I just got it but I like it a lot. It appears that they listened to previous reviews because it came packaged very well.
+What I like:
+1] it's legit! As soon as you pop the top you can smell true tee tree oil. I use it, so I know the smell and this is potent real deal quality here.
+2] it has a use by date and is fresh
+3] packed well. Will likely gave to remove pump and pour towards the end.
+4] If you don't like the smell, it's OK because once you get out you don't smell it, just clean. I have to do a workout to put it to the test but I think this is the money shot for the BO.
+5] fair price at $15. It should last. You don't need a lot. Put 2 to 3 squirts on towel, wet, lather, and wash.
+Warning: Tee tree oil is potent, some people reported break outs. Do NOT use on private areas. Use in shower not baths, careful on face around your eyes and you should be good.</t>
+        </is>
+      </c>
+      <c r="F359" t="b">
+        <v>1</v>
+      </c>
+      <c r="G359" t="b">
+        <v>1</v>
+      </c>
+      <c r="H359" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I359" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J359" t="n">
+        <v>-0.4921</v>
+      </c>
+      <c r="K359" t="n">
+        <v>0</v>
+      </c>
+      <c r="L359" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M359" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N359" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/ICUPW_review1_img1.jpg%2C%20ICUPW_review1_img2.jpg%2C%20ICUPW_review1_img3.jpg</t>
+        </is>
+      </c>
+      <c r="O359" t="inlineStr"/>
+      <c r="P359" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q359" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="inlineStr">
+        <is>
+          <t>Nithin Mathew</t>
+        </is>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>Reviewed in Germany on November 24, 2025</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr">
+        <is>
+          <t>3 out of 5</t>
+        </is>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>Damaged Packaging</t>
+        </is>
+      </c>
+      <c r="E360" t="inlineStr">
+        <is>
+          <t>Giving only three stars because of the damaged packaging. Was a bit surprised to see the damaged packing because I had doubt if it was tampered but the caps seemed intact. So OK I guess.</t>
+        </is>
+      </c>
+      <c r="F360" t="b">
+        <v>1</v>
+      </c>
+      <c r="G360" t="b">
+        <v>1</v>
+      </c>
+      <c r="H360" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I360" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J360" t="n">
+        <v>-0.7761</v>
+      </c>
+      <c r="K360" t="n">
+        <v>-0.8542999999999999</v>
+      </c>
+      <c r="L360" t="inlineStr">
+        <is>
+          <t>durability</t>
+        </is>
+      </c>
+      <c r="M360" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N360" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Nithin_Mathew_review2_img1.jpg%2C%20Nithin_Mathew_review2_img2.jpg</t>
+        </is>
+      </c>
+      <c r="O360" t="inlineStr"/>
+      <c r="P360" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q360" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="inlineStr">
+        <is>
+          <t>Daydreamer</t>
+        </is>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>Reviewed in the United Kingdom on March 23, 2025</t>
+        </is>
+      </c>
+      <c r="C361" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>Strong scents, pack of 3 relax and renew shower gels</t>
+        </is>
+      </c>
+      <c r="E361" t="inlineStr">
+        <is>
+          <t>Set of 3 relax and renew shower gels, which do come very nicely box so this set is ideal to give as a gift to someone. The scents included in this set are calendula neem with salicylic, British rose with almond and Bulgarian lavender with ylang ylang. All the body washes contain a strong smell; I especially like the British rose with almond body wash the best out of the three, as it is the nicest scent.
+All body washes come in plastic bottles; each contains 118ml of product in each however, the bottles are only 80% full.
+The consistency of the body washes are quite thick, with specks of ingredients seen in the wash. The body wash has a light lather and does leave a scent on the skin after use. I did find the Bulgarian lavender scent to strong for me and wasn’t really a fan.
+Overall, the set is ok, the body wash set is ideal if you want to try out the brand before committing to full sizes however, I found the shower gel quite drying on my skin so wouldn’t repurchase for that reason.</t>
+        </is>
+      </c>
+      <c r="F361" t="b">
+        <v>0</v>
+      </c>
+      <c r="G361" t="b">
+        <v>1</v>
+      </c>
+      <c r="H361" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I361" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J361" t="n">
+        <v>-0.7641</v>
+      </c>
+      <c r="K361" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L361" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M361" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N361" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Daydreamer_review3_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O361" t="inlineStr"/>
+      <c r="P361" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q361" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr"/>
+      <c r="B362" t="inlineStr"/>
+      <c r="C362" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D362" t="inlineStr"/>
+      <c r="E362" t="inlineStr">
+        <is>
+          <t>This bottle of body wash arrived vacuum in plastic with the pump dispenser packaged along aside the bottle. The bottle contains 473ml of body wash and is purple in colour with a creamy consistency and small black exfoliating bits.
+The body wash is made with Bulgarian lavender, ylang ylang and sage leaf extract, but personally the most poignant scent was the lavender by far and for me this smelt a little old fashioned. However the scent does linger on your skin after use, which might be quite relaxing / calming before bedtime. The body wash also contains Vitamin E as well which is good for the health of your skin.
+The body wash is both sulphate and paraben free, but this does mean that there isn’t a large amount of lather produced when washing. However, the body wash does include a mild exfoliator leaving skin feeling soft and smooth after use. It is suitable for daily use and hasn’t caused me any adverse reactions.
+The body wash is also both vegan and cruelty free. Priced at £9.99 at the time of reviewing, although the fragrance isn’t for me, the body wash does do a good job of cleansing my skin and does not leave it feeling dry so it really depends on how much you like lavender as a scent.</t>
+        </is>
+      </c>
+      <c r="F362" t="b">
+        <v>0</v>
+      </c>
+      <c r="G362" t="b">
+        <v>1</v>
+      </c>
+      <c r="H362" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I362" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J362" t="n">
+        <v>-0.5566</v>
+      </c>
+      <c r="K362" t="n">
+        <v>0</v>
+      </c>
+      <c r="L362" t="inlineStr">
+        <is>
+          <t>sustainability_materials</t>
+        </is>
+      </c>
+      <c r="M362" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N362" t="inlineStr"/>
+      <c r="O362" t="inlineStr"/>
+      <c r="P362" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q362" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="inlineStr">
+        <is>
+          <t>Janet S</t>
+        </is>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>Reviewed in the United Kingdom on January 8, 2025</t>
+        </is>
+      </c>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D363" t="inlineStr">
+        <is>
+          <t>Big bottle, well packaged</t>
+        </is>
+      </c>
+      <c r="E363" t="inlineStr">
+        <is>
+          <t>This is a nice big bottle of body wash, that also has grainy bits in it. I'm not sure what these are, but I guess they work as an exfoliator.
+The bottle arrives well packed, with the pump separate from the bottle. The bottle itself has a scew top and a plug, so you know it's not going to spill in transit. When you pump it out, the perfume is quite strong, but it's not an overpowering smell of lavender, there's obviously something else there too, but I couldn't pinpoint exactly what.
+I used it with a silicon body brush and it left my skin feeling quite hydrated. Despite the fairly strong smell as you use it, it doesn't linger afterwards but the moisturising effect do.
+All in all, I like it. I think the smell is perhaps a little strong, but I guess that's what gives you the 'aromatic experience'.</t>
+        </is>
+      </c>
+      <c r="F363" t="b">
+        <v>0</v>
+      </c>
+      <c r="G363" t="b">
+        <v>1</v>
+      </c>
+      <c r="H363" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I363" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J363" t="n">
+        <v>-1</v>
+      </c>
+      <c r="K363" t="n">
+        <v>0</v>
+      </c>
+      <c r="L363" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M363" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N363" t="inlineStr"/>
+      <c r="O363" t="inlineStr"/>
+      <c r="P363" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q363" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="inlineStr">
+        <is>
+          <t>DMG</t>
+        </is>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>Reviewed in the United Kingdom on March 31, 2025</t>
+        </is>
+      </c>
+      <c r="C364" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D364" t="inlineStr">
+        <is>
+          <t>Makes a nice Gift (Mothers day)</t>
+        </is>
+      </c>
+      <c r="E364" t="inlineStr">
+        <is>
+          <t>Pros
+Makes a good gift for something like mothers day
+Pack of 3 each with their own scents
+Nice gift branding
+Attractive colors
+Actual bodywash is great in the shower, scent lingers</t>
+        </is>
+      </c>
+      <c r="F364" t="b">
+        <v>0</v>
+      </c>
+      <c r="G364" t="b">
+        <v>0</v>
+      </c>
+      <c r="H364" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I364" t="inlineStr">
+        <is>
+          <t>satisfaction</t>
+        </is>
+      </c>
+      <c r="J364" t="n">
+        <v>1</v>
+      </c>
+      <c r="K364" t="inlineStr"/>
+      <c r="L364" t="inlineStr">
+        <is>
+          <t>aesthetics_branding</t>
+        </is>
+      </c>
+      <c r="M364" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="N364" t="inlineStr"/>
+      <c r="O364" t="inlineStr"/>
+      <c r="P364" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q364" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="inlineStr">
+        <is>
+          <t>Betty Jackson</t>
+        </is>
+      </c>
+      <c r="B365" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on December 26, 2020</t>
+        </is>
+      </c>
+      <c r="C365" t="inlineStr">
+        <is>
+          <t>4 out of 5</t>
+        </is>
+      </c>
+      <c r="D365" t="inlineStr">
+        <is>
+          <t>Very nice scent, but leaked in shipping.</t>
+        </is>
+      </c>
+      <c r="E365" t="inlineStr">
+        <is>
+          <t>Excellent body was! The mint takes the edge off the tea tree scent while adding to the antifungal properties. My only complaint was that the lid was loose and, since this was a gift, it wasn't caught right away. When it was opened for Christmas we discovered at least a quarter of the bottle was in the bubble wrap. Thankfully the bottle was wrapped in that bubble wrap or we would have had a mess.</t>
+        </is>
+      </c>
+      <c r="F365" t="b">
+        <v>1</v>
+      </c>
+      <c r="G365" t="b">
+        <v>1</v>
+      </c>
+      <c r="H365" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I365" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J365" t="n">
+        <v>-0.8525</v>
+      </c>
+      <c r="K365" t="n">
+        <v>-0.6667</v>
+      </c>
+      <c r="L365" t="inlineStr"/>
+      <c r="M365" t="inlineStr">
+        <is>
+          <t>loose</t>
+        </is>
+      </c>
+      <c r="N365" t="inlineStr"/>
+      <c r="O365" t="inlineStr"/>
+      <c r="P365" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q365" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="inlineStr">
+        <is>
+          <t>LianneC Watkins</t>
+        </is>
+      </c>
+      <c r="B366" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on March 28, 2022</t>
+        </is>
+      </c>
+      <c r="C366" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D366" t="inlineStr">
+        <is>
+          <t>Carton was not damaged, but the lid on contents loose and the product was spilled .</t>
+        </is>
+      </c>
+      <c r="E366" t="inlineStr">
+        <is>
+          <t>I have previously purchased this product and no issues.</t>
+        </is>
+      </c>
+      <c r="F366" t="b">
+        <v>1</v>
+      </c>
+      <c r="G366" t="b">
+        <v>1</v>
+      </c>
+      <c r="H366" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I366" t="inlineStr">
+        <is>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="J366" t="n">
+        <v>1</v>
+      </c>
+      <c r="K366" t="n">
+        <v>0</v>
+      </c>
+      <c r="L366" t="inlineStr"/>
+      <c r="M366" t="inlineStr">
+        <is>
+          <t>loose</t>
+        </is>
+      </c>
+      <c r="N366" t="inlineStr"/>
+      <c r="O366" t="inlineStr"/>
+      <c r="P366" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q366" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="inlineStr">
+        <is>
+          <t>Chrissy Stanley</t>
+        </is>
+      </c>
+      <c r="B367" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on June 22, 2019</t>
+        </is>
+      </c>
+      <c r="C367" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D367" t="inlineStr">
+        <is>
+          <t>Product spilled out when arrived</t>
+        </is>
+      </c>
+      <c r="E367" t="inlineStr">
+        <is>
+          <t>The cap was loose when it arrived and was spilled out all over the package. Other than that it’s good.</t>
+        </is>
+      </c>
+      <c r="F367" t="b">
+        <v>1</v>
+      </c>
+      <c r="G367" t="b">
+        <v>1</v>
+      </c>
+      <c r="H367" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I367" t="inlineStr">
+        <is>
+          <t>frustration</t>
+        </is>
+      </c>
+      <c r="J367" t="n">
+        <v>-0.4894</v>
+      </c>
+      <c r="K367" t="n">
+        <v>-1</v>
+      </c>
+      <c r="L367" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M367" t="inlineStr">
+        <is>
+          <t>loose</t>
+        </is>
+      </c>
+      <c r="N367" t="inlineStr"/>
+      <c r="O367" t="inlineStr"/>
+      <c r="P367" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q367" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="inlineStr">
+        <is>
+          <t>Lily</t>
+        </is>
+      </c>
+      <c r="B368" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on November 9, 2025</t>
+        </is>
+      </c>
+      <c r="C368" t="inlineStr">
+        <is>
+          <t>5 out of 5</t>
+        </is>
+      </c>
+      <c r="D368" t="inlineStr">
+        <is>
+          <t>Smooth liquid texture with consistent pour control, though the pump didn’t function</t>
+        </is>
+      </c>
+      <c r="E368" t="inlineStr">
+        <is>
+          <t>I examined this body wash to get a better sense of its texture and how the container works. The liquid inside has a smooth, uniform consistency that moves evenly when the bottle is tilted, and it doesn’t form thick layers or settle into clumps. When the bottle is shaken, it develops a light layer of bubbles that clears out gradually, which makes it easy to see the product level through the sides.
+The main issue is the pump. It never primed, and each press just pushed air without drawing any of the product up the tube. The pump head rotated loosely instead of engaging the mechanism, and the spring didn’t rebound fully. Because of that, I removed the pump and relied on the screw cap instead. The cap threads securely and stays tight, and the opening underneath gives steady control when pouring—no sudden rush or splashing.
+The bottle itself feels sturdy and handles well in a shower setting, with a shape that’s easy to grip even when wet. The liquid settles back into an even layer after movement, and the interior stays tidy without product collecting along the walls.
+Overall, it’s a straightforward body wash with a consistent texture and a reliable bottle, aside from the pump mechanism, which simply didn’t function.</t>
+        </is>
+      </c>
+      <c r="F368" t="b">
+        <v>0</v>
+      </c>
+      <c r="G368" t="b">
+        <v>1</v>
+      </c>
+      <c r="H368" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I368" t="inlineStr">
+        <is>
+          <t>appreciation</t>
+        </is>
+      </c>
+      <c r="J368" t="n">
+        <v>0</v>
+      </c>
+      <c r="K368" t="n">
+        <v>0.2222</v>
+      </c>
+      <c r="L368" t="inlineStr">
+        <is>
+          <t>convenience_usability</t>
+        </is>
+      </c>
+      <c r="M368" t="inlineStr">
+        <is>
+          <t>loose</t>
+        </is>
+      </c>
+      <c r="N368" t="inlineStr">
+        <is>
+          <t>/static/Botanic_Hearth_Tea_Tree_Body_Wash_-16_fl_oz-_All-Natural_Antifungal_%26_Odor-Control_Shower_Gel_for_Acne%2C_Athlete%E2%80%99s_Foot%2C_Ringworm%2C_Jock_Itch_%26_Healthy_Skin%2CSulfate_%26_Paraben_Free%2C_for_Men_and_Women_2026-02-05_16-38-27_B07HHHMJ6V/review_images/Lily_review6_img1.jpg</t>
+        </is>
+      </c>
+      <c r="O368" t="inlineStr"/>
+      <c r="P368" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q368" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="inlineStr">
+        <is>
+          <t>Michael F</t>
+        </is>
+      </c>
+      <c r="B369" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on March 3, 2020</t>
+        </is>
+      </c>
+      <c r="C369" t="inlineStr">
+        <is>
+          <t>1 out of 5</t>
+        </is>
+      </c>
+      <c r="D369" t="inlineStr">
+        <is>
+          <t>No deal. Cap loose.</t>
+        </is>
+      </c>
+      <c r="E369" t="inlineStr">
+        <is>
+          <t>Package did have seal. Cap was loose and liquid was spilled all over. Terrible quality control.</t>
+        </is>
+      </c>
+      <c r="F369" t="b">
+        <v>1</v>
+      </c>
+      <c r="G369" t="b">
+        <v>1</v>
+      </c>
+      <c r="H369" t="inlineStr">
+        <is>
+          <t>negative</t>
+        </is>
+      </c>
+      <c r="I369" t="inlineStr">
+        <is>
+          <t>anger</t>
+        </is>
+      </c>
+      <c r="J369" t="n">
+        <v>-0.5876</v>
+      </c>
+      <c r="K369" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="L369" t="inlineStr">
+        <is>
+          <t>freshness_integrity</t>
+        </is>
+      </c>
+      <c r="M369" t="inlineStr">
+        <is>
+          <t>loose</t>
+        </is>
+      </c>
+      <c r="N369" t="inlineStr"/>
+      <c r="O369" t="inlineStr"/>
+      <c r="P369" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q369" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="inlineStr">
+        <is>
+          <t>ztoothfairie</t>
+        </is>
+      </c>
+      <c r="B370" t="inlineStr">
+        <is>
+          <t>Reviewed in the United States on December 7, 2025</t>
+        </is>
+      </c>
+      <c r="C370" t="inlineStr">
+        <is>
+          <t>2 out of 5</t>
+        </is>
+      </c>
+      <c r="D370" t="inlineStr">
+        <is>
+          <t>Doesn't clean well</t>
+        </is>
+      </c>
+      <c r="E370" t="inlineStr">
+        <is>
+          <t>Overall, I'm not a huge fan of this. It reminds me of something I would buy at the dollar store for like $1 to $2, so the cost seems outrageous. It has an overly strong floral-like scent that is supposed to be coconut that doesn't smell good to me (and I LOVE coconut scents!). It took me about 5 minutes to get the pump top to pop open, to the point I start hitting it in the counter top, hoping to jar it loose or something. Using it felt like it wasn't really cleaning much at all- it barely foamed and I think I had to use about 10 pumps to feel like it cleaned anything, I mean I could still feel my deodorant under my armpits. Thankfully, I didn't have any bad reactions to it and I tried it a few days in a row, but still came to the same conclusion. I'll probably just give it to my kids to use since they're excessive in the soap use anyhow. Unfortunately, I can't recommend.</t>
+        </is>
+      </c>
+      <c r="F370" t="b">
+        <v>0</v>
+      </c>
+      <c r="G370" t="b">
+        <v>1</v>
+      </c>
+      <c r="H370" t="inlineStr">
+        <is>
+          <t>positive</t>
+        </is>
+      </c>
+      <c r="I370" t="inlineStr">
+        <is>
+          <t>disappointment</t>
+        </is>
+      </c>
+      <c r="J370" t="n">
+        <v>-0.759</v>
+      </c>
+      <c r="K370" t="n">
+        <v>0</v>
+      </c>
+      <c r="L370" t="inlineStr"/>
+      <c r="M370" t="inlineStr">
+        <is>
+          <t>loose</t>
+        </is>
+      </c>
+      <c r="N370" t="inlineStr"/>
+      <c r="O370" t="inlineStr"/>
+      <c r="P370" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q370" t="n">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Keyword</t>